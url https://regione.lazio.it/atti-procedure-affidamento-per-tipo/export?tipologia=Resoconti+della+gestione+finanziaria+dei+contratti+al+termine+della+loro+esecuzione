--- v0 (2025-11-07)
+++ v1 (2026-01-07)
@@ -9,65 +9,68 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Link al bando</t>
   </si>
   <si>
     <t>Percorso</t>
   </si>
   <si>
     <t>Data pubblicazione</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3620</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3475</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3439</t>
   </si>
   <si>
     <t>Servizio di rassegna stampa telematico affidato con determinazione G09007 del 28 giugno 2023.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3425</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3420</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3416</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3413</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3287</t>
   </si>
@@ -210,627 +213,644 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G32"/>
+  <dimension ref="A1:G33"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="52" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="50" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>3</v>
       </c>
       <c r="G1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3475</v>
+        <v>3620</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di fornitura apparecchiature hardware. Impegno di spesa a favore di L2 Soluzioni S.r.l. (cod. cred. 253837) di € 48.500,00 (Iva inclusa) sul capitolo U0000C12629 "Armo - Spese per i servizi di assistenza tecnica a supporto delle attività relative alla Programmazione Regionale Unitaria, compresa la gestione sistemi informativi - parte in conto capitale (L.R. N. 9/2024, Art. 9, C. 3-Bis) § Hardware" Miss. 1 Progr. 3 pdf 2.02.01.07- Esercizio Finanziario 2025. CIG: B7002A525A</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza ad uso commerciale perpetua della banca dati territoriale CAP Zone (un singolo aggiornamento). Impegno di spesa a favore di POSTE ITALIANE S.P.A. - C.F. 97103880585 - (cod. cred. 61121), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01, Es. Fin. 2025, per un importo complessivo di € 23.058,00 IVA inclusa. CUP F81J25000530001.</t>
         </is>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
       <c r="E2" s="2">
-        <v>45940</v>
+        <v>46029</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3439</v>
+        <v>3475</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Determinazione dirigenziale n. G16742 del 13/11/2023. Adesione all’ “Accordo Quadro “Sanità digitale - sistemi informativi sanitari e servizi al cittadino per le Pubbliche Amministrazioni del SSN - ID 2365 “Sanità Digitale 2”, Lotto 4 CIG 90305727C2”. Verifica e regolare esecuzione delle prestazioni.&amp;nbsp;</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di fornitura apparecchiature hardware. Impegno di spesa a favore di L2 Soluzioni S.r.l. (cod. cred. 253837) di € 48.500,00 (Iva inclusa) sul capitolo U0000C12629 "Armo - Spese per i servizi di assistenza tecnica a supporto delle attività relative alla Programmazione Regionale Unitaria, compresa la gestione sistemi informativi - parte in conto capitale (L.R. N. 9/2024, Art. 9, C. 3-Bis) § Hardware" Miss. 1 Progr. 3 pdf 2.02.01.07- Esercizio Finanziario 2025. CIG: B7002A525A</t>
         </is>
       </c>
       <c r="C3" t="s">
         <v>6</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="2">
-        <v>45877</v>
+        <v>45940</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3425</v>
-[...1 lines deleted...]
-      <c r="B4" t="s">
+        <v>3439</v>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>Determinazione dirigenziale n. G16742 del 13/11/2023. Adesione all’ “Accordo Quadro “Sanità digitale - sistemi informativi sanitari e servizi al cittadino per le Pubbliche Amministrazioni del SSN - ID 2365 “Sanità Digitale 2”, Lotto 4 CIG 90305727C2”. Verifica e regolare esecuzione delle prestazioni.&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="C4" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="D4"/>
       <c r="E4" s="2">
-        <v>45862</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3420</v>
-[...4 lines deleted...]
-        </is>
+        <v>3425</v>
+      </c>
+      <c r="B5" t="s">
+        <v>8</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5"/>
       <c r="E5" s="2">
-        <v>45925</v>
+        <v>45862</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3416</v>
+        <v>3420</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
+          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
         </is>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="2">
         <v>45925</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3413</v>
+        <v>3416</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
         </is>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7"/>
       <c r="E7" s="2">
         <v>45925</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3287</v>
+        <v>3413</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera Destinations Nature di Parigi 2025. Impegno di spesa per euro 6.039,00 iva inclusa sul Cap. U0000B43907 in favore della Società Edil.Tur.Appalti SRL (cod. cred. 160390). E.F. 2025.CUP F89I25000340002. MIR I202500043</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
         </is>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8"/>
       <c r="E8" s="2">
-        <v>45831</v>
+        <v>45925</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3285</v>
+        <v>3287</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera internazionale Travel Adventure Show New York 2025. Impegno di spesa per euro 4.880,00 iva inclusa sul Cap. U0000B43907 in favore della Società Universal Marketing s.r.l. (codice creditore 18683). E.F. 2025.CUP F89I25000050002. MIR I202500008.</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera Destinations Nature di Parigi 2025. Impegno di spesa per euro 6.039,00 iva inclusa sul Cap. U0000B43907 in favore della Società Edil.Tur.Appalti SRL (cod. cred. 160390). E.F. 2025.CUP F89I25000340002. MIR I202500043</t>
         </is>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
+      <c r="D9"/>
+      <c r="E9" s="2">
+        <v>45831</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3240</v>
+        <v>3285</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Procedura di gara aperta, suddivisa in 7 lotti, per la conclusione di convenzioni quadro, ai sensi dell'art. 1, comma 456, della L. n. 296/2006, per l'affidamento dei "Servizi di vigilanza armata e guardiania per le amministrazioni del territorio della Regione Lazio" indetta con determinazione n. G17928 del 16/12/2022. Autorizzazione al subappalto lotto 4 richiesto da URBAN SECURITY INVESTIGATION ITALIA SRL in favore della ditta CORPO VIGILI GIURATI SPA. Ordinativo di fornitura emesso a sistema dalla CAMERA DI COMMERCIO I.A.A. DI FROSINONE LATINA.</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera internazionale Travel Adventure Show New York 2025. Impegno di spesa per euro 4.880,00 iva inclusa sul Cap. U0000B43907 in favore della Società Universal Marketing s.r.l. (codice creditore 18683). E.F. 2025.CUP F89I25000050002. MIR I202500008.</t>
         </is>
       </c>
       <c r="C10" t="s">
         <v>14</v>
       </c>
-      <c r="D10"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3234</v>
+        <v>3240</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b)del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza di accesso alla banca dati statistici per l'utilizzo interno. Impegno di spesa a favore di MOODY'S ANALYTICS ITALY S.P.A. - P. IVA 11139860156 - (cod. cred. 251791), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 170.629,20 IVA compresa e di € 35,00 in favore dell'ANAC (cod. cred. 159683), per il contributo obbligatorio, sul capitolo U0000T19427 PCF 1.04.01.01.000, Miss. 01 Prog. 01 - Es. Fin. 2024. CUP F81J24000840001</t>
+          <t>Procedura di gara aperta, suddivisa in 7 lotti, per la conclusione di convenzioni quadro, ai sensi dell'art. 1, comma 456, della L. n. 296/2006, per l'affidamento dei "Servizi di vigilanza armata e guardiania per le amministrazioni del territorio della Regione Lazio" indetta con determinazione n. G17928 del 16/12/2022. Autorizzazione al subappalto lotto 4 richiesto da URBAN SECURITY INVESTIGATION ITALIA SRL in favore della ditta CORPO VIGILI GIURATI SPA. Ordinativo di fornitura emesso a sistema dalla CAMERA DI COMMERCIO I.A.A. DI FROSINONE LATINA.</t>
         </is>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11"/>
       <c r="E11" s="2">
-        <v>45720</v>
+        <v>45729</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3233</v>
+        <v>3234</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura del software Stata18/MP2 Licenza Commerciale perpetua (Stand Alone PC) - 1' utente per l'utilizzo interno. Impegno di spesa a favore di TStat s.r.l. - P. I. 01501640666 - (cod. cred. 251722), sul capitolo U0000F32117, PCF U.2.02.03.02, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 6.488,63 IVA compresa. Codice CUP F89F24000220001</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b)del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza di accesso alla banca dati statistici per l'utilizzo interno. Impegno di spesa a favore di MOODY'S ANALYTICS ITALY S.P.A. - P. IVA 11139860156 - (cod. cred. 251791), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 170.629,20 IVA compresa e di € 35,00 in favore dell'ANAC (cod. cred. 159683), per il contributo obbligatorio, sul capitolo U0000T19427 PCF 1.04.01.01.000, Miss. 01 Prog. 01 - Es. Fin. 2024. CUP F81J24000840001</t>
         </is>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12"/>
       <c r="E12" s="2">
         <v>45720</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3095</v>
+        <v>3233</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera a) del D.lgs. 36/2023, del servizio di ideazione e progettazione della campagna di comunicazione relativa all'iniziativa PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura del software Stata18/MP2 Licenza Commerciale perpetua (Stand Alone PC) - 1' utente per l'utilizzo interno. Impegno di spesa a favore di TStat s.r.l. - P. I. 01501640666 - (cod. cred. 251722), sul capitolo U0000F32117, PCF U.2.02.03.02, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 6.488,63 IVA compresa. Codice CUP F89F24000220001</t>
         </is>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13"/>
       <c r="E13" s="2">
-        <v>45594</v>
+        <v>45720</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3060</v>
+        <v>3095</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera a) del D.lgs. 36/2023, del servizio di ideazione e progettazione della campagna di comunicazione relativa all'iniziativa PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio.</t>
         </is>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14"/>
       <c r="E14" s="2">
-        <v>45853</v>
+        <v>45594</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3057</v>
+        <v>3060</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>SIGN_PAD - "Gara comunitaria centralizzata a procedura aperta ex art. 60 D.lgs. 50/2016 e s.m.i. per l'acquisizione di Sign- Pad e relativo software per la gestione della firma elettronica grafometrica per i Centri per l'Impiego, in attuazione del Piano straordinario di Potenziamento dei CPI e delle Politiche Attive del Lavoro della Regione Lazio". CIG: 990524311C – Codice gara: 9170927. Indizione procedura di gara, approvazione atti e nomina del Responsabile Unico del Procedimento.</t>
+          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
         </is>
       </c>
       <c r="C15" t="s">
         <v>19</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="2">
-        <v>45523</v>
-[...3 lines deleted...]
-        <v>45523</v>
+        <v>45853</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3052</v>
+        <v>3057</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
+          <t>SIGN_PAD - "Gara comunitaria centralizzata a procedura aperta ex art. 60 D.lgs. 50/2016 e s.m.i. per l'acquisizione di Sign- Pad e relativo software per la gestione della firma elettronica grafometrica per i Centri per l'Impiego, in attuazione del Piano straordinario di Potenziamento dei CPI e delle Politiche Attive del Lavoro della Regione Lazio". CIG: 990524311C – Codice gara: 9170927. Indizione procedura di gara, approvazione atti e nomina del Responsabile Unico del Procedimento.</t>
         </is>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="2">
-        <v>45867</v>
+        <v>45523</v>
+      </c>
+      <c r="F16"/>
+      <c r="G16" s="2">
+        <v>45523</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3011</v>
+        <v>3052</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI "Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere". CUP: F97H21006970005</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
         </is>
       </c>
       <c r="C17" t="s">
         <v>21</v>
       </c>
       <c r="D17"/>
       <c r="E17" s="2">
-        <v>45700</v>
+        <v>45867</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>2760</v>
+        <v>3011</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
+          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI "Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere". CUP: F97H21006970005</t>
         </is>
       </c>
       <c r="C18" t="s">
         <v>22</v>
       </c>
       <c r="D18"/>
       <c r="E18" s="2">
-        <v>45785</v>
-[...3 lines deleted...]
-        <v>45694</v>
+        <v>45700</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>2592</v>
+        <v>2760</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l’affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti e autorizzata con Determinazione a contrarre n. G04111 del 05/04/2022. Approvazione atti ed indizione della procedura. Conferimento incarico per pubblicazione a Vivenda s.r.l. CIG Lotto1 9149163028 CIG; Lotto 2 9149295D12.</t>
+          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
         </is>
       </c>
       <c r="C19" t="s">
         <v>23</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="2">
-        <v>45548</v>
+        <v>45785</v>
+      </c>
+      <c r="F19"/>
+      <c r="G19" s="2">
+        <v>45694</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>2429</v>
+        <v>2592</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Fornitura di cancelleria e toner, cartucce a getto di inchiostro, materiale di consumo accessorio per le amministrazioni aventi sede sul territorio della Regione Lazio</t>
+          <t>Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l’affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti e autorizzata con Determinazione a contrarre n. G04111 del 05/04/2022. Approvazione atti ed indizione della procedura. Conferimento incarico per pubblicazione a Vivenda s.r.l. CIG Lotto1 9149163028 CIG; Lotto 2 9149295D12.</t>
         </is>
       </c>
       <c r="C20" t="s">
         <v>24</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="2">
-        <v>45671</v>
+        <v>45548</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
+        <v>2429</v>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Fornitura di cancelleria e toner, cartucce a getto di inchiostro, materiale di consumo accessorio per le amministrazioni aventi sede sul territorio della Regione Lazio</t>
+        </is>
+      </c>
+      <c r="C21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21"/>
+      <c r="E21" s="2">
+        <v>45671</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22">
         <v>2347</v>
       </c>
-      <c r="B21" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
 </t>
         </is>
       </c>
-      <c r="C21" t="s">
-[...11 lines deleted...]
-      </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
-      <c r="D22" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>2314</v>
+        <v>2342</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
+          <t>OCM Ortofrutta (Reg. UE n. 1308/2013, Reg. UE n. 2017/891 e Reg. UE n. 217/892, D.M. 8867 del 13.08.2019) - Determina a contrarre per un affidamento diretto tramite M.E.P.A. per le prestazioni professionali per il controllo istruttorio finalizzato al rilascio da parte della Regione Lazio dei provvedimenti di approvazione dei Programmi Operativi pluriennali presentati dalle organizzazioni di produttori a decorrere dall'annualità 2021, delle modifiche annuali ai programmi già approvati per l'annualità 2021 e/o delle modifiche in corso d'anno per l'annualità 2020 nonché dei provvedimenti di riconoscimento delle Organizzazioni di Produttori (OP) - Impegno di spesa di Euro 23.729,00 (Esercizio 2020) e prenotazione di Euro 23.729,00 (Esercizio finanziario 2021) in favore di Origine Consulting srl, codice creditore 203170, sul capitolo S21410, pdc 1.03.02.11.999– SMART CIG: ZF32F85A4E </t>
         </is>
       </c>
       <c r="C23" t="s">
+        <v>27</v>
+      </c>
+      <c r="D23" t="s">
+        <v>28</v>
+      </c>
+      <c r="E23" s="2">
+        <v>44327</v>
+      </c>
+      <c r="F23" t="s">
         <v>29</v>
       </c>
-      <c r="D23"/>
-[...1 lines deleted...]
-        <v>45580</v>
+      <c r="G23" s="2">
+        <v>44327</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>2169</v>
+        <v>2314</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Procedura di gara aperta ai sensi dell’art. 60 del D.Lgs. 50/2016, per l’affidamento dei “Servizi di pulizia e sanificazione a ridotto impatto ambientale e dei servizi accessori per le sedi delle Amministrazioni del territorio della Regione Lazio, Procedura suddivisa in 6 lotti</t>
+          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="C24" t="s">
         <v>30</v>
       </c>
       <c r="D24"/>
       <c r="E24" s="2">
-        <v>45698</v>
+        <v>45580</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
+        <v>2169</v>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Procedura di gara aperta ai sensi dell’art. 60 del D.Lgs. 50/2016, per l’affidamento dei “Servizi di pulizia e sanificazione a ridotto impatto ambientale e dei servizi accessori per le sedi delle Amministrazioni del territorio della Regione Lazio, Procedura suddivisa in 6 lotti</t>
+        </is>
+      </c>
+      <c r="C25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" s="2">
+        <v>45698</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26">
         <v>2024</v>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Servizio di assicurazione rischio infortuni per gli alunni delle scuole statali e paritarie private di ogni ordine grado nonché per il personale adibito alla sorveglianza degli stessi durante il trasporto
 </t>
         </is>
       </c>
-      <c r="C25" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="C26" t="s">
         <v>32</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D26"/>
       <c r="E26" s="2">
-        <v>43830</v>
+        <v>44578</v>
+      </c>
+      <c r="F26"/>
+      <c r="G26" s="2">
+        <v>44348</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>1931</v>
+        <v>2007</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Affidamento servizio legale ai sensi dell'art.17 e art.36 comma 2 lettera a del D.lgs.n.50/2016 finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza dei fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio, nell'ambito dei contratti a noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito.</t>
+          <t>Interreg Europe: programmazione 2014-2020. Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505 - CUP E69D16003390007. Affidamento diretto, ai sensi dell'art. 36, c.2, lett. a) del d.lgs. 50/2016, fuori dal Mercato Elettronico della P.A., del servizio di catering per un caffè di benvenuto e un pasto leggero nell'ambito della riunione interparternariale del progetto ENERSELVES che si terrà in Roma in data 22 novembre 2019.</t>
         </is>
       </c>
       <c r="C27" t="s">
+        <v>33</v>
+      </c>
+      <c r="D27" t="s">
         <v>34</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="2">
-        <v>43752</v>
+        <v>43830</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>1901</v>
-[...1 lines deleted...]
-      <c r="B28" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Affidamento servizio legale ai sensi dell'art.17 e art.36 comma 2 lettera a del D.lgs.n.50/2016 finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza dei fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio, nell'ambito dei contratti a noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito.</t>
+        </is>
+      </c>
+      <c r="C28" t="s">
+        <v>35</v>
+      </c>
+      <c r="D28" t="s">
         <v>36</v>
       </c>
-      <c r="C28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E28" s="2">
-        <v>43524</v>
+        <v>43752</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>1729</v>
+        <v>1901</v>
       </c>
       <c r="B29" t="s">
+        <v>37</v>
+      </c>
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" t="s">
         <v>39</v>
       </c>
-      <c r="C29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" s="2">
-        <v>43187</v>
+        <v>43524</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>1728</v>
-[...4 lines deleted...]
-        </is>
+        <v>1729</v>
+      </c>
+      <c r="B30" t="s">
+        <v>40</v>
       </c>
       <c r="C30" t="s">
+        <v>41</v>
+      </c>
+      <c r="D30" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E30" s="2">
         <v>43187</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
         </is>
       </c>
       <c r="C31" t="s">
+        <v>43</v>
+      </c>
+      <c r="D31" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E31" s="2">
         <v>43187</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
+        <v>1727</v>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+        </is>
+      </c>
+      <c r="C32" t="s">
+        <v>45</v>
+      </c>
+      <c r="D32" t="s">
+        <v>46</v>
+      </c>
+      <c r="E32" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33">
         <v>1726</v>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
         </is>
       </c>
-      <c r="C32" t="s">
-[...2 lines deleted...]
-      <c r="D32" t="s">
+      <c r="C33" t="s">
         <v>47</v>
       </c>
-      <c r="E32" s="2">
+      <c r="D33" t="s">
+        <v>48</v>
+      </c>
+      <c r="E33" s="2">
         <v>43187</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>