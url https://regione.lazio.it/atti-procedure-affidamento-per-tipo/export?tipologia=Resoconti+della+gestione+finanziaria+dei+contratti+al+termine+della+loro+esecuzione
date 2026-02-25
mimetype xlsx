--- v1 (2026-01-07)
+++ v2 (2026-02-25)
@@ -9,86 +9,107 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Link al bando</t>
   </si>
   <si>
     <t>Percorso</t>
   </si>
   <si>
     <t>Data pubblicazione</t>
   </si>
   <si>
+    <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023rnper il servizio di coffee break e lunch per il Comitato di Sorveglianza 2025</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3658</t>
+  </si>
+  <si>
+    <t>Affidamento del servizio di ideazione grafica e testuale di tre messaggi pubblicitari da esporre sui mezzi di trasporto pubblico di COTRAL S.p.A.</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3657</t>
+  </si>
+  <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3620</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3475</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3439</t>
   </si>
   <si>
     <t>Servizio di rassegna stampa telematico affidato con determinazione G09007 del 28 giugno 2023.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3425</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3420</t>
   </si>
   <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3419</t>
+  </si>
+  <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3416</t>
+  </si>
+  <si>
+    <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di coffee break e lunch per il Comitato di Sorveglianza</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3415</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3413</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3287</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3285</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3240</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3234</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3233</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3095</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3060</t>
   </si>
@@ -213,644 +234,706 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G33"/>
+  <dimension ref="A1:G37"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="52" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="50" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>3</v>
       </c>
       <c r="G1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3620</v>
-[...4 lines deleted...]
-        </is>
+        <v>3658</v>
+      </c>
+      <c r="B2" t="s">
+        <v>5</v>
       </c>
       <c r="C2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D2"/>
       <c r="E2" s="2">
-        <v>46029</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3475</v>
-[...4 lines deleted...]
-        </is>
+        <v>3657</v>
+      </c>
+      <c r="B3" t="s">
+        <v>7</v>
       </c>
       <c r="C3" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="2">
-        <v>45940</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3439</v>
+        <v>3620</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Determinazione dirigenziale n. G16742 del 13/11/2023. Adesione all’ “Accordo Quadro “Sanità digitale - sistemi informativi sanitari e servizi al cittadino per le Pubbliche Amministrazioni del SSN - ID 2365 “Sanità Digitale 2”, Lotto 4 CIG 90305727C2”. Verifica e regolare esecuzione delle prestazioni.&amp;nbsp;</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza ad uso commerciale perpetua della banca dati territoriale CAP Zone (un singolo aggiornamento). Impegno di spesa a favore di POSTE ITALIANE S.P.A. - C.F. 97103880585 - (cod. cred. 61121), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01, Es. Fin. 2025, per un importo complessivo di € 23.058,00 IVA inclusa. CUP F81J25000530001.</t>
         </is>
       </c>
       <c r="C4" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D4"/>
       <c r="E4" s="2">
-        <v>45877</v>
+        <v>46029</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3425</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>3475</v>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per un servizio di fornitura apparecchiature hardware. Impegno di spesa a favore di L2 Soluzioni S.r.l. (cod. cred. 253837) di € 48.500,00 (Iva inclusa) sul capitolo U0000C12629 "Armo - Spese per i servizi di assistenza tecnica a supporto delle attività relative alla Programmazione Regionale Unitaria, compresa la gestione sistemi informativi - parte in conto capitale (L.R. N. 9/2024, Art. 9, C. 3-Bis) § Hardware" Miss. 1 Progr. 3 pdf 2.02.01.07- Esercizio Finanziario 2025. CIG: B7002A525A</t>
+        </is>
       </c>
       <c r="C5" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D5"/>
       <c r="E5" s="2">
-        <v>45862</v>
+        <v>45940</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3420</v>
+        <v>3439</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
+          <t>Determinazione dirigenziale n. G16742 del 13/11/2023. Adesione all’ “Accordo Quadro “Sanità digitale - sistemi informativi sanitari e servizi al cittadino per le Pubbliche Amministrazioni del SSN - ID 2365 “Sanità Digitale 2”, Lotto 4 CIG 90305727C2”. Verifica e regolare esecuzione delle prestazioni.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="2">
-        <v>45925</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3416</v>
-[...4 lines deleted...]
-        </is>
+        <v>3425</v>
+      </c>
+      <c r="B7" t="s">
+        <v>12</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7"/>
       <c r="E7" s="2">
-        <v>45925</v>
+        <v>45862</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3413</v>
+        <v>3420</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
+          <t>Affidamento, ai sensi dell'articolo 50, comma 1, lettera b) del Decreto Legislativo 31 marzo 2023 n. 36, attraverso la piattaforma S.TEL.LA, del servizio di coffee break e allestimento sala riunioni per evento SILD rivolto alle imprese.</t>
         </is>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D8"/>
       <c r="E8" s="2">
         <v>45925</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3287</v>
+        <v>3419</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera Destinations Nature di Parigi 2025. Impegno di spesa per euro 6.039,00 iva inclusa sul Cap. U0000B43907 in favore della Società Edil.Tur.Appalti SRL (cod. cred. 160390). E.F. 2025.CUP F89I25000340002. MIR I202500043</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza d’uso della piattaforma LinkedIN, della validità di 6 mesi</t>
         </is>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D9"/>
       <c r="E9" s="2">
-        <v>45831</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3285</v>
+        <v>3416</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera internazionale Travel Adventure Show New York 2025. Impegno di spesa per euro 4.880,00 iva inclusa sul Cap. U0000B43907 in favore della Società Universal Marketing s.r.l. (codice creditore 18683). E.F. 2025.CUP F89I25000050002. MIR I202500008.</t>
+          <t>Affidamento diretto ai sensi dell’art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per l’esecuzione di servizi di produzione video e cortometraggi per sensibilizzazione alla problematica dei disturbi alimentari</t>
         </is>
       </c>
       <c r="C10" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="D10"/>
+      <c r="E10" s="2">
+        <v>45925</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3240</v>
-[...4 lines deleted...]
-        </is>
+        <v>3415</v>
+      </c>
+      <c r="B11" t="s">
+        <v>17</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D11"/>
       <c r="E11" s="2">
-        <v>45729</v>
+        <v>46062</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3234</v>
+        <v>3413</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b)del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza di accesso alla banca dati statistici per l'utilizzo interno. Impegno di spesa a favore di MOODY'S ANALYTICS ITALY S.P.A. - P. IVA 11139860156 - (cod. cred. 251791), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 170.629,20 IVA compresa e di € 35,00 in favore dell'ANAC (cod. cred. 159683), per il contributo obbligatorio, sul capitolo U0000T19427 PCF 1.04.01.01.000, Miss. 01 Prog. 01 - Es. Fin. 2024. CUP F81J24000840001</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 per il servizio di produzione e stampa del volume riferito al Convegno "ACCOGLIERE, FORMARE, INCLUDERE - La risposta del Lazio all'emergenza Ucraina" svoltosi il 29/11/2023</t>
         </is>
       </c>
       <c r="C12" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D12"/>
       <c r="E12" s="2">
-        <v>45720</v>
+        <v>45925</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3233</v>
+        <v>3287</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura del software Stata18/MP2 Licenza Commerciale perpetua (Stand Alone PC) - 1' utente per l'utilizzo interno. Impegno di spesa a favore di TStat s.r.l. - P. I. 01501640666 - (cod. cred. 251722), sul capitolo U0000F32117, PCF U.2.02.03.02, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 6.488,63 IVA compresa. Codice CUP F89F24000220001</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera Destinations Nature di Parigi 2025. Impegno di spesa per euro 6.039,00 iva inclusa sul Cap. U0000B43907 in favore della Società Edil.Tur.Appalti SRL (cod. cred. 160390). E.F. 2025.CUP F89I25000340002. MIR I202500043</t>
         </is>
       </c>
       <c r="C13" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D13"/>
       <c r="E13" s="2">
-        <v>45720</v>
+        <v>45831</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3095</v>
+        <v>3285</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera a) del D.lgs. 36/2023, del servizio di ideazione e progettazione della campagna di comunicazione relativa all'iniziativa PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio.</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17 co. 2 del D.lgs. n. 36/2023 per affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del D.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA. per la realizzazione del servizio di organizzazione dell'evento di socializzazione propedeutico alla partecipazione della Regione Lazio alla fiera internazionale Travel Adventure Show New York 2025. Impegno di spesa per euro 4.880,00 iva inclusa sul Cap. U0000B43907 in favore della Società Universal Marketing s.r.l. (codice creditore 18683). E.F. 2025.CUP F89I25000050002. MIR I202500008.</t>
         </is>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-        <v>45594</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3060</v>
+        <v>3240</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
+          <t>Procedura di gara aperta, suddivisa in 7 lotti, per la conclusione di convenzioni quadro, ai sensi dell'art. 1, comma 456, della L. n. 296/2006, per l'affidamento dei "Servizi di vigilanza armata e guardiania per le amministrazioni del territorio della Regione Lazio" indetta con determinazione n. G17928 del 16/12/2022. Autorizzazione al subappalto lotto 4 richiesto da URBAN SECURITY INVESTIGATION ITALIA SRL in favore della ditta CORPO VIGILI GIURATI SPA. Ordinativo di fornitura emesso a sistema dalla CAMERA DI COMMERCIO I.A.A. DI FROSINONE LATINA.</t>
         </is>
       </c>
       <c r="C15" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="2">
-        <v>45853</v>
+        <v>45729</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3057</v>
+        <v>3234</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>SIGN_PAD - "Gara comunitaria centralizzata a procedura aperta ex art. 60 D.lgs. 50/2016 e s.m.i. per l'acquisizione di Sign- Pad e relativo software per la gestione della firma elettronica grafometrica per i Centri per l'Impiego, in attuazione del Piano straordinario di Potenziamento dei CPI e delle Politiche Attive del Lavoro della Regione Lazio". CIG: 990524311C – Codice gara: 9170927. Indizione procedura di gara, approvazione atti e nomina del Responsabile Unico del Procedimento.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b)del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura della licenza di accesso alla banca dati statistici per l'utilizzo interno. Impegno di spesa a favore di MOODY'S ANALYTICS ITALY S.P.A. - P. IVA 11139860156 - (cod. cred. 251791), sul capitolo U0000F31182, PCF 1.03.02.05.000, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 170.629,20 IVA compresa e di € 35,00 in favore dell'ANAC (cod. cred. 159683), per il contributo obbligatorio, sul capitolo U0000T19427 PCF 1.04.01.01.000, Miss. 01 Prog. 01 - Es. Fin. 2024. CUP F81J24000840001</t>
         </is>
       </c>
       <c r="C16" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="2">
-        <v>45523</v>
-[...3 lines deleted...]
-        <v>45523</v>
+        <v>45720</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3052</v>
+        <v>3233</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 5 "Inclusione e coesione", Componente 1 "Politiche per il Lavoro", Investimento 1.1 "Potenziamento dei Centri per l'Impiego (PES)". Affidamento diretto ai sensi dell'art. 50, comma 1, lett. b) del d.lgs. n. 36/2023 attraverso la piattaforma S.TEL.LA, per la fornitura del software Stata18/MP2 Licenza Commerciale perpetua (Stand Alone PC) - 1' utente per l'utilizzo interno. Impegno di spesa a favore di TStat s.r.l. - P. I. 01501640666 - (cod. cred. 251722), sul capitolo U0000F32117, PCF U.2.02.03.02, Miss. 15 Prog. 01 Es. Fin. 2024, per un importo complessivo di € 6.488,63 IVA compresa. Codice CUP F89F24000220001</t>
         </is>
       </c>
       <c r="C17" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="D17"/>
       <c r="E17" s="2">
-        <v>45867</v>
+        <v>45720</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3011</v>
+        <v>3095</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI "Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere". CUP: F97H21006970005</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera a) del D.lgs. 36/2023, del servizio di ideazione e progettazione della campagna di comunicazione relativa all'iniziativa PNRR "Rete dei servizi di facilitazione digitale" della Regione Lazio.</t>
         </is>
       </c>
       <c r="C18" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D18"/>
       <c r="E18" s="2">
-        <v>45700</v>
+        <v>45594</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>2760</v>
+        <v>3060</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
+          <t>Procedura aperta, suddivisa in quattro lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi "a monte" del recapito, destinati alle Amministrazioni della Regione Lazio e della Regione Umbria.</t>
         </is>
       </c>
       <c r="C19" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="2">
-        <v>45785</v>
-[...3 lines deleted...]
-        <v>45694</v>
+        <v>45853</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>2592</v>
+        <v>3057</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l’affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti e autorizzata con Determinazione a contrarre n. G04111 del 05/04/2022. Approvazione atti ed indizione della procedura. Conferimento incarico per pubblicazione a Vivenda s.r.l. CIG Lotto1 9149163028 CIG; Lotto 2 9149295D12.</t>
+          <t>SIGN_PAD - "Gara comunitaria centralizzata a procedura aperta ex art. 60 D.lgs. 50/2016 e s.m.i. per l'acquisizione di Sign- Pad e relativo software per la gestione della firma elettronica grafometrica per i Centri per l'Impiego, in attuazione del Piano straordinario di Potenziamento dei CPI e delle Politiche Attive del Lavoro della Regione Lazio". CIG: 990524311C – Codice gara: 9170927. Indizione procedura di gara, approvazione atti e nomina del Responsabile Unico del Procedimento.</t>
         </is>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="2">
-        <v>45548</v>
+        <v>45523</v>
+      </c>
+      <c r="F20"/>
+      <c r="G20" s="2">
+        <v>45523</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>2429</v>
+        <v>3052</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Fornitura di cancelleria e toner, cartucce a getto di inchiostro, materiale di consumo accessorio per le amministrazioni aventi sede sul territorio della Regione Lazio</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
         </is>
       </c>
       <c r="C21" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D21"/>
       <c r="E21" s="2">
-        <v>45671</v>
+        <v>45867</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
+        <v>3011</v>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI "Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere". CUP: F97H21006970005</t>
+        </is>
+      </c>
+      <c r="C22" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22"/>
+      <c r="E22" s="2">
+        <v>45700</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23">
+        <v>2760</v>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
+        </is>
+      </c>
+      <c r="C23" t="s">
+        <v>30</v>
+      </c>
+      <c r="D23"/>
+      <c r="E23" s="2">
+        <v>45785</v>
+      </c>
+      <c r="F23"/>
+      <c r="G23" s="2">
+        <v>45694</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24">
+        <v>2592</v>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta ai sensi degli artt. 58 e 60 del D. Lgs. 50/2016 per l’affidamento, tramite accordo quadro, dei servizi di rilevazione dei beni mobiliari e immobiliari di proprietà della Regione Lazio, suddivisa in due lotti e autorizzata con Determinazione a contrarre n. G04111 del 05/04/2022. Approvazione atti ed indizione della procedura. Conferimento incarico per pubblicazione a Vivenda s.r.l. CIG Lotto1 9149163028 CIG; Lotto 2 9149295D12.</t>
+        </is>
+      </c>
+      <c r="C24" t="s">
+        <v>31</v>
+      </c>
+      <c r="D24"/>
+      <c r="E24" s="2">
+        <v>45548</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25">
+        <v>2429</v>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Fornitura di cancelleria e toner, cartucce a getto di inchiostro, materiale di consumo accessorio per le amministrazioni aventi sede sul territorio della Regione Lazio</t>
+        </is>
+      </c>
+      <c r="C25" t="s">
+        <v>32</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" s="2">
+        <v>45671</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26">
         <v>2347</v>
       </c>
-      <c r="B22" t="inlineStr">
+      <c r="B26" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
 </t>
         </is>
       </c>
-      <c r="C22" t="s">
-[...4 lines deleted...]
-      <c r="A23">
+      <c r="C26" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27">
         <v>2342</v>
       </c>
-      <c r="B23" t="inlineStr">
+      <c r="B27" t="inlineStr">
         <is>
           <t>OCM Ortofrutta (Reg. UE n. 1308/2013, Reg. UE n. 2017/891 e Reg. UE n. 217/892, D.M. 8867 del 13.08.2019) - Determina a contrarre per un affidamento diretto tramite M.E.P.A. per le prestazioni professionali per il controllo istruttorio finalizzato al rilascio da parte della Regione Lazio dei provvedimenti di approvazione dei Programmi Operativi pluriennali presentati dalle organizzazioni di produttori a decorrere dall'annualità 2021, delle modifiche annuali ai programmi già approvati per l'annualità 2021 e/o delle modifiche in corso d'anno per l'annualità 2020 nonché dei provvedimenti di riconoscimento delle Organizzazioni di Produttori (OP) - Impegno di spesa di Euro 23.729,00 (Esercizio 2020) e prenotazione di Euro 23.729,00 (Esercizio finanziario 2021) in favore di Origine Consulting srl, codice creditore 203170, sul capitolo S21410, pdc 1.03.02.11.999– SMART CIG: ZF32F85A4E </t>
         </is>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" s="2">
+      <c r="C27" t="s">
+        <v>34</v>
+      </c>
+      <c r="D27" t="s">
+        <v>35</v>
+      </c>
+      <c r="E27" s="2">
         <v>44327</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" s="2">
+      <c r="F27" t="s">
+        <v>36</v>
+      </c>
+      <c r="G27" s="2">
         <v>44327</v>
       </c>
     </row>
-    <row r="24">
-      <c r="A24">
+    <row r="28">
+      <c r="A28">
         <v>2314</v>
       </c>
-      <c r="B24" t="inlineStr">
+      <c r="B28" t="inlineStr">
         <is>
           <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
-      <c r="C24" t="s">
-[...3 lines deleted...]
-      <c r="E24" s="2">
+      <c r="C28" t="s">
+        <v>37</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" s="2">
         <v>45580</v>
       </c>
     </row>
-    <row r="25">
-      <c r="A25">
+    <row r="29">
+      <c r="A29">
         <v>2169</v>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Procedura di gara aperta ai sensi dell’art. 60 del D.Lgs. 50/2016, per l’affidamento dei “Servizi di pulizia e sanificazione a ridotto impatto ambientale e dei servizi accessori per le sedi delle Amministrazioni del territorio della Regione Lazio, Procedura suddivisa in 6 lotti</t>
         </is>
       </c>
-      <c r="C25" t="s">
-[...3 lines deleted...]
-      <c r="E25" s="2">
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" s="2">
         <v>45698</v>
       </c>
     </row>
-    <row r="26">
-      <c r="A26">
+    <row r="30">
+      <c r="A30">
         <v>2024</v>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>Servizio di assicurazione rischio infortuni per gli alunni delle scuole statali e paritarie private di ogni ordine grado nonché per il personale adibito alla sorveglianza degli stessi durante il trasporto
 </t>
         </is>
       </c>
-      <c r="C26" t="s">
-[...3 lines deleted...]
-      <c r="E26" s="2">
+      <c r="C30" t="s">
+        <v>39</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" s="2">
         <v>44578</v>
       </c>
-      <c r="F26"/>
-      <c r="G26" s="2">
+      <c r="F30"/>
+      <c r="G30" s="2">
         <v>44348</v>
-      </c>
-[...70 lines deleted...]
-        <v>43187</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>1728</v>
+        <v>2007</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
+          <t>Interreg Europe: programmazione 2014-2020. Progetto ENERSELVES – Policy instruments for energy self–consumption in buildings - PGI02505 - CUP E69D16003390007. Affidamento diretto, ai sensi dell'art. 36, c.2, lett. a) del d.lgs. 50/2016, fuori dal Mercato Elettronico della P.A., del servizio di catering per un caffè di benvenuto e un pasto leggero nell'ambito della riunione interparternariale del progetto ENERSELVES che si terrà in Roma in data 22 novembre 2019.</t>
         </is>
       </c>
       <c r="C31" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="D31" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="E31" s="2">
-        <v>43187</v>
+        <v>43830</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>1727</v>
+        <v>1931</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+          <t>Affidamento servizio legale ai sensi dell'art.17 e art.36 comma 2 lettera a del D.lgs.n.50/2016 finalizzato all'effettuazione di uno studio teso a riscontrare l'esistenza dei fenomeni di erosione, di elusione o di evasione della tassa automobilistica, che danno luogo alla perdita di gettito nella Regione Lazio, nell'ambito dei contratti a noleggio a lungo termine, breve termine e car sharing e formulazione di possibili soluzioni riguardo al menzionato fenomeno del mancato gettito.</t>
         </is>
       </c>
       <c r="C32" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="D32" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E32" s="2">
-        <v>43187</v>
+        <v>43752</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
+        <v>1901</v>
+      </c>
+      <c r="B33" t="s">
+        <v>44</v>
+      </c>
+      <c r="C33" t="s">
+        <v>45</v>
+      </c>
+      <c r="D33" t="s">
+        <v>46</v>
+      </c>
+      <c r="E33" s="2">
+        <v>43524</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34">
+        <v>1729</v>
+      </c>
+      <c r="B34" t="s">
+        <v>47</v>
+      </c>
+      <c r="C34" t="s">
+        <v>48</v>
+      </c>
+      <c r="D34" t="s">
+        <v>49</v>
+      </c>
+      <c r="E34" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35">
+        <v>1728</v>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
+        </is>
+      </c>
+      <c r="C35" t="s">
+        <v>50</v>
+      </c>
+      <c r="D35" t="s">
+        <v>51</v>
+      </c>
+      <c r="E35" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36">
+        <v>1727</v>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+        </is>
+      </c>
+      <c r="C36" t="s">
+        <v>52</v>
+      </c>
+      <c r="D36" t="s">
+        <v>53</v>
+      </c>
+      <c r="E36" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37">
         <v>1726</v>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
         </is>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="2">
+      <c r="C37" t="s">
+        <v>54</v>
+      </c>
+      <c r="D37" t="s">
+        <v>55</v>
+      </c>
+      <c r="E37" s="2">
         <v>43187</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>