--- v0 (2025-11-07)
+++ v1 (2026-01-07)
@@ -9,67 +9,88 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="270">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Link al bando</t>
   </si>
   <si>
     <t>Percorso</t>
   </si>
   <si>
     <t>Data pubblicazione</t>
   </si>
   <si>
+    <t>Fornitura di Medicazioni generali per le Aziende Sanitarie della Regione Lazio.&amp;nbsp;&amp;nbsp;</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3589</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3577</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3576</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3575</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3561</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3537</t>
+  </si>
+  <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3482</t>
   </si>
   <si>
     <t>Mitigazione del rischio idrogeologico e messa in sicurezza delle Grotte di Collepardo.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3480</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3461</t>
   </si>
   <si>
     <t>Art.11 l.r. 5/2024 Evento di informazione, sensibilizzazione e orientamento ai servizi - giornata care giver familaire.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3460</t>
   </si>
   <si>
     <t>Servizio di rassegna stampa telematico affidato con determinazione G09007 del 28 giugno 2023.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3425</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3408</t>
@@ -89,50 +110,53 @@
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3314</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3279</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3268</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3263</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3262</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3259</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3258</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3257</t>
   </si>
   <si>
+    <t>Gara centralizzata per la fornitura di Suture per le Aziende Sanitarie della Regione Lazio.</t>
+  </si>
+  <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3256</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3241</t>
   </si>
   <si>
     <t>Acquisizione di antisettici e disinfettanti occorrenti alle Aziende Sanitarie e Ospedaliere della Regione Lazio</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3236</t>
   </si>
   <si>
     <t>Vigilanza armata e guardiania per le sedi delle Aziende Sanitarie e Ospedaliere della Regione Lazio.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3235</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3224</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3210</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3188</t>
@@ -201,52 +225,51 @@
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2964</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2960</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2957</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2937</t>
   </si>
   <si>
     <t>PONGOV -SiGeM - Sistema Informativo di Gestione e Monitoraggio del PR FSE+ e PR FESR Lazio 2021-2027. Migrazione sistema su Oracle19.
 </t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2935</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2934</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2932</t>
   </si>
   <si>
-    <t>Lavori di "Messa in Sicurezza Permanente del sito Arpa2". Contratto di appalto sottoscritto il 29 febbraio 2016 CIG 44877608B3 - CUP J53J12000080001.
-</t>
+    <t>Lavori di "Messa in Sicurezza Permanente del sito Arpa2". Contratto di appalto sottoscritto il 29 febbraio 2016 CIG 44877608B3 - CUP J53J12000080001.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2923</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2898</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2886</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2874</t>
   </si>
   <si>
     <t>Servizio di organizzazione convegni durante l'evento di FORUM PA.
 </t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2870</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2868</t>
   </si>
   <si>
     <t>Gara comunitaria centralizzata per la fornitura a noleggio di sistemi antidecubito occorrenti alle Aziende Sanitarie della Regione Lazio. Numero gara 9126354.</t>
@@ -316,57 +339,63 @@
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2741</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2709</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2700</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2692</t>
   </si>
   <si>
     <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Velino"</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2686</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2685</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2684</t>
   </si>
   <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2681</t>
+  </si>
+  <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2675</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2670</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2669</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2667</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2654</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2644</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2639</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2622</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2613</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2607</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2604</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/2597</t>
   </si>
@@ -866,91 +895,93 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AM177"/>
+  <dimension ref="A1:AO185"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="52" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="44" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="39" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="20" customWidth="1"/>
     <col min="11" max="11" width="19" customWidth="1"/>
     <col min="12" max="12" width="20" customWidth="1"/>
     <col min="13" max="13" width="19" customWidth="1"/>
     <col min="14" max="14" width="20" customWidth="1"/>
     <col min="15" max="15" width="19" customWidth="1"/>
     <col min="16" max="16" width="20" customWidth="1"/>
     <col min="17" max="17" width="19" customWidth="1"/>
     <col min="18" max="18" width="9" customWidth="1"/>
     <col min="19" max="19" width="19" customWidth="1"/>
     <col min="20" max="20" width="9" customWidth="1"/>
     <col min="21" max="21" width="19" customWidth="1"/>
     <col min="22" max="22" width="9" customWidth="1"/>
     <col min="23" max="23" width="19" customWidth="1"/>
     <col min="24" max="24" width="20" customWidth="1"/>
     <col min="25" max="25" width="19" customWidth="1"/>
     <col min="26" max="26" width="9" customWidth="1"/>
     <col min="27" max="27" width="19" customWidth="1"/>
     <col min="28" max="28" width="9" customWidth="1"/>
     <col min="29" max="29" width="19" customWidth="1"/>
     <col min="30" max="30" width="9" customWidth="1"/>
     <col min="31" max="31" width="19" customWidth="1"/>
     <col min="32" max="32" width="9" customWidth="1"/>
     <col min="33" max="33" width="19" customWidth="1"/>
     <col min="34" max="34" width="9" customWidth="1"/>
     <col min="35" max="35" width="19" customWidth="1"/>
     <col min="36" max="36" width="9" customWidth="1"/>
     <col min="37" max="37" width="19" customWidth="1"/>
     <col min="38" max="38" width="9" customWidth="1"/>
     <col min="39" max="39" width="19" customWidth="1"/>
+    <col min="40" max="40" width="9" customWidth="1"/>
+    <col min="41" max="41" width="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>3</v>
       </c>
       <c r="G1" t="s">
         <v>4</v>
       </c>
       <c r="H1" t="s">
@@ -1027,4182 +1058,4376 @@
       </c>
       <c r="AF1" t="s">
         <v>3</v>
       </c>
       <c r="AG1" t="s">
         <v>4</v>
       </c>
       <c r="AH1" t="s">
         <v>3</v>
       </c>
       <c r="AI1" t="s">
         <v>4</v>
       </c>
       <c r="AJ1" t="s">
         <v>3</v>
       </c>
       <c r="AK1" t="s">
         <v>4</v>
       </c>
       <c r="AL1" t="s">
         <v>3</v>
       </c>
       <c r="AM1" t="s">
         <v>4</v>
       </c>
+      <c r="AN1" t="s">
+        <v>3</v>
+      </c>
+      <c r="AO1" t="s">
+        <v>4</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3482</v>
-[...4 lines deleted...]
-        </is>
+        <v>3589</v>
+      </c>
+      <c r="B2" t="s">
+        <v>5</v>
       </c>
       <c r="C2" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D2"/>
       <c r="E2" s="2">
-        <v>45952</v>
+        <v>46008</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3480</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>3577</v>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Campagna di comunicazione istituzionale denominata: "Bollo Auto". Impegno di spesa complessivo di € 125.130,52 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2025.</t>
+        </is>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="2">
-        <v>45951</v>
+        <v>46000</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3461</v>
+        <v>3576</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Aumento delle prestazioni fino al quinto dell'importo del contratto - Appalto specifico per l'acquisizione di vaccini antinfluenzali 2025/2026 occorrenti alle Aziende Sanitarie della Regione Lazio Farmaci 2025 - quarta tranche.</t>
+          <t>Campagna di comunicazione istituzionale denominata: "Anche Oggi". Impegno di spesa complessivo di € 432.629,57 (IVA inclusa) a creditori vari. Capitolo di bilancio U0000R31902 - Es. Fin. 2025</t>
         </is>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4"/>
       <c r="E4" s="2">
-        <v>45933</v>
+        <v>45996</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3460</v>
-[...1 lines deleted...]
-      <c r="B5" t="s">
+        <v>3575</v>
+      </c>
+      <c r="B5" t="inlineStr">
+        <is>
+          <t>Servizi di ristorazione per le Aziende Sanitarie della Regione Lazio. Determinazione a contrarre ai sensi dell'art. 17, comma 1 D. Lgs. n. 36/2023 e conferimento di incarichi al gruppo di lavoro.</t>
+        </is>
+      </c>
+      <c r="C5" t="s">
         <v>9</v>
       </c>
-      <c r="C5" t="s">
-        <v>10</v>
+      <c r="D5"/>
+      <c r="E5" s="2">
+        <v>45995</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3425</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>3561</v>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata, a procedura aperta, per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
+        </is>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="2">
-        <v>45960</v>
+        <v>45985</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3408</v>
+        <v>3537</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio – Farmaci 2025 ottava tranche – nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA alla ICARUS srl (Cod. Cred. 157330), per l'attivazione di un servizio di supporto all'Ufficio Stampa del Presidente della Regione Lazio, per la durata di 28 mesi. Impegno di spesa complessivo di € 168.360,00 IVA inclusa sul capitolo U0000R31906 suddiviso in € 6.012,89 Es. Fin. 2025, € 72.154,28 Es. Fin. 2026, € 72.154,28 Es. Fin. 2027 € 18.038,55 Es. Fin. 2028. Impegno di spesa in favore di ANAC di € 35,00 sul capitolo U0000T19427, Es. Fin. 2025. CIG: B855D27D35.</t>
         </is>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7"/>
       <c r="E7" s="2">
-        <v>45960</v>
+        <v>45986</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3399</v>
+        <v>3482</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Ripetizione dei servizi analoghi dei contratti di gestione, manutenzione, evoluzione e change management del Sistema Telematico Acquisti della Regione Lazio "S.Tel.La.", aggiudicati con procedura aperta di gara - Lotto 1 CIG 89231131CB - Lotto 2 CIG 8923140811. Impegni di spesa di euro 2.196.000,00 a favore del RTI Deloitte Consulting S.r.l. S.B. - Intellera Consulting S.p.A. - Hspi S.p.A. (cod. cred. 163670) e di euro 1.569.220,61 a favore di LAZIOcrea S.p.A. (cod. cred. 164838), sul cap. U0000H11726, Es.Fin.2025-2028.Impegni di spesa di euro 9.504,00 a favore del "Fondo incentivi ex art. 383 sexies R.R. 1/2002" (cod. cred. 176734) sul cap. U0000H11726 e relativi accertamenti sul cap. E0000341560 a carico del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002", Es.Fin.2025-2028. Accertamento di euro 783.893,03 sul cap. E0000121503, Es.Fin.2028, a carico del debitore MEF (cod. 69720).</t>
+          <t>Impegno di spesa di euro 10.000,00 iva compresa Cap.U0000S21401 es fin. 2025, per il pagamento di canoni di locazione(spesa obbligatoria) in favore del creditore Kryalos sgr spa (cod. cred. 190900).</t>
         </is>
       </c>
       <c r="C8" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D8"/>
       <c r="E8" s="2">
-        <v>45849</v>
-[...3 lines deleted...]
-        <v>45839</v>
+        <v>45952</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3388</v>
-[...4 lines deleted...]
-        </is>
+        <v>3480</v>
+      </c>
+      <c r="B9" t="s">
+        <v>13</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D9"/>
       <c r="E9" s="2">
-        <v>45960</v>
+        <v>45951</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3362</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>3461</v>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Aumento delle prestazioni fino al quinto dell'importo del contratto - Appalto specifico per l'acquisizione di vaccini antinfluenzali 2025/2026 occorrenti alle Aziende Sanitarie della Regione Lazio Farmaci 2025 - quarta tranche.</t>
+        </is>
       </c>
       <c r="C10" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D10"/>
       <c r="E10" s="2">
-        <v>45811</v>
-[...7 lines deleted...]
-        <v>45811</v>
+        <v>45933</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3314</v>
-[...4 lines deleted...]
-        </is>
+        <v>3460</v>
+      </c>
+      <c r="B11" t="s">
+        <v>16</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3279</v>
-[...4 lines deleted...]
-        </is>
+        <v>3425</v>
+      </c>
+      <c r="B12" t="s">
+        <v>18</v>
       </c>
       <c r="C12" t="s">
         <v>19</v>
       </c>
       <c r="D12"/>
       <c r="E12" s="2">
-        <v>45762</v>
+        <v>45960</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3268</v>
+        <v>3408</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Servizio di ricerca e analisi sul livello digitalizzazione dei Capoluoghi della Regione Lazio (Frosinone, Latina, Rieti e Viterbo), tramite ICity Rank, quale strumento di misurazione dell’avanzamento della trasformazione digitale nei capoluoghi</t>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio – Farmaci 2025 ottava tranche – nell’ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre, approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto</t>
         </is>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13"/>
       <c r="E13" s="2">
-        <v>45754</v>
+        <v>45960</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3263</v>
+        <v>3399</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto delle forniture di automezzi ed attrezzature per la colonna mobile della Protezione Civile della Regione Lazio e approvazione schemi atti di gara. Procedura suddivisa in 3 lotti. Prenotazione impegni di spesa a favore di cred. diversi per € 1.958.100,00 (compresa Iva) sul Cap. U0000E46146, per i lotti 1-2, e di € 400.160,00 (compresa Iva) sul capitolo U0000E46147 per il lotto 3, risorse di cui all'articolo 41, comma 4, del d.l. n. 50/2017.Impegno di spesa di € 14.124,00 sul capitolo U0000E46146 e di € 2.886,40 sul capitolo U0000E46147 e relativi accertamenti a favore del fondo incentivi sul Capitolo E000341560 per le annualità 2024. Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024.</t>
+          <t>Ripetizione dei servizi analoghi dei contratti di gestione, manutenzione, evoluzione e change management del Sistema Telematico Acquisti della Regione Lazio "S.Tel.La.", aggiudicati con procedura aperta di gara - Lotto 1 CIG 89231131CB - Lotto 2 CIG 8923140811. Impegni di spesa di euro 2.196.000,00 a favore del RTI Deloitte Consulting S.r.l. S.B. - Intellera Consulting S.p.A. - Hspi S.p.A. (cod. cred. 163670) e di euro 1.569.220,61 a favore di LAZIOcrea S.p.A. (cod. cred. 164838), sul cap. U0000H11726, Es.Fin.2025-2028.Impegni di spesa di euro 9.504,00 a favore del "Fondo incentivi ex art. 383 sexies R.R. 1/2002" (cod. cred. 176734) sul cap. U0000H11726 e relativi accertamenti sul cap. E0000341560 a carico del "Fondo incentivi ex art. 383 sexies R.R. N. 1/2002", Es.Fin.2025-2028. Accertamento di euro 783.893,03 sul cap. E0000121503, Es.Fin.2028, a carico del debitore MEF (cod. 69720).</t>
         </is>
       </c>
       <c r="C14" t="s">
         <v>21</v>
       </c>
       <c r="D14"/>
       <c r="E14" s="2">
-        <v>45748</v>
+        <v>45849</v>
+      </c>
+      <c r="F14"/>
+      <c r="G14" s="2">
+        <v>45839</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3262</v>
+        <v>3388</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, per l'affidamento del "Servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio". Determinazione di indizione e approvazione atti di gara</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="2">
-        <v>45896</v>
-[...7 lines deleted...]
-        <v>45747</v>
+        <v>45960</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3259</v>
-[...4 lines deleted...]
-        </is>
+        <v>3362</v>
+      </c>
+      <c r="B16" t="s">
+        <v>23</v>
       </c>
       <c r="C16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="2">
-        <v>45744</v>
+        <v>45811</v>
+      </c>
+      <c r="F16"/>
+      <c r="G16" s="2">
+        <v>45811</v>
+      </c>
+      <c r="H16"/>
+      <c r="I16" s="2">
+        <v>45811</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3258</v>
+        <v>3314</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'acquisizione di PRODOTTI NUTRIZIONALI DA SOMMINISTRARE PER VIA ENTERALE E/O OS E LATTI occorrenti le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.Lgs. 36/2023.</t>
+          <t>Affidamento diretto, ex art.50 comma1, lettera b)D.lgs. n. 36/2023,tramite RDO sulla piattaforma MePA (www.acquistinretepa.it) per la fornitura di n.500 brandine a castello e n.40 armadi pensili a favore di Seraman ltd per l'allestimento del Villaggio Campale di accoglienza per il Giubileo della Chiesa Cattolica 2025. Intervento n.253 - CUP F89120000090001.</t>
         </is>
       </c>
       <c r="C17" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-        <v>45744</v>
+        <v>25</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3257</v>
+        <v>3279</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Costituzione del gruppo tecnico di progettazione delle iniziative di gara centralizzate per la fornitura di Medicazioni generali e Medicazioni avanzate per le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15, comma 9 del D.lgs. 36/2023.</t>
+          <t>Rettifica determinazione n. G01630 - Disimpegno dell'importo € 275,20 dall'impegno n. 7930/2025 assunto sul Cap. U0000E47146 in favore del creditore "Giubileo 2025 S.p.A." (Cod. Cred. 245261) per l'esercizio finanziario 2025.</t>
         </is>
       </c>
       <c r="C18" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D18"/>
       <c r="E18" s="2">
-        <v>45744</v>
+        <v>45762</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3256</v>
+        <v>3268</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Gruppo tecnico di progettazione dell'iniziativa di gara centralizzata per la fornitura di Suture per le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15, comma 9 del D.lgs. 36/2023.</t>
+          <t>Servizio di ricerca e analisi sul livello digitalizzazione dei Capoluoghi della Regione Lazio (Frosinone, Latina, Rieti e Viterbo), tramite ICity Rank, quale strumento di misurazione dell’avanzamento della trasformazione digitale nei capoluoghi</t>
         </is>
       </c>
       <c r="C19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="2">
-        <v>45789</v>
-[...3 lines deleted...]
-        <v>45744</v>
+        <v>45754</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3241</v>
+        <v>3263</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l'acquisizione di dotazioni informatiche "Workstation mobile e monitor docking station" per la Giunta Regionale e altri enti della Regione Lazio. Accordo Quadro Workstation Ed.1</t>
+          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto delle forniture di automezzi ed attrezzature per la colonna mobile della Protezione Civile della Regione Lazio e approvazione schemi atti di gara. Procedura suddivisa in 3 lotti. Prenotazione impegni di spesa a favore di cred. diversi per € 1.958.100,00 (compresa Iva) sul Cap. U0000E46146, per i lotti 1-2, e di € 400.160,00 (compresa Iva) sul capitolo U0000E46147 per il lotto 3, risorse di cui all'articolo 41, comma 4, del d.l. n. 50/2017.Impegno di spesa di € 14.124,00 sul capitolo U0000E46146 e di € 2.886,40 sul capitolo U0000E46147 e relativi accertamenti a favore del fondo incentivi sul Capitolo E000341560 per le annualità 2024. Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024.</t>
         </is>
       </c>
       <c r="C20" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="2">
-        <v>45730</v>
+        <v>45748</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>3236</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>3262</v>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, per l'affidamento del "Servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio". Determinazione di indizione e approvazione atti di gara</t>
+        </is>
       </c>
       <c r="C21" t="s">
         <v>29</v>
       </c>
       <c r="D21"/>
       <c r="E21" s="2">
-        <v>45726</v>
+        <v>45896</v>
+      </c>
+      <c r="F21"/>
+      <c r="G21" s="2">
+        <v>45874</v>
+      </c>
+      <c r="H21"/>
+      <c r="I21" s="2">
+        <v>45747</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>3235</v>
-[...1 lines deleted...]
-      <c r="B22" t="s">
+        <v>3259</v>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'acquisizione di SOLUZIONI INFUSIONALI occorrenti le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.lgs. 36/2023</t>
+        </is>
+      </c>
+      <c r="C22" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="D22"/>
       <c r="E22" s="2">
-        <v>45805</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>3224</v>
+        <v>3258</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Servizio di ricondizionamento e riutilizzo degli ausili per disabili di cui al DM 332/99 e al DPCM del 12 gennaio 2017 (GU n.65 del 18/03/2017)" occorrente alle Aziende sanitarie della Regione Lazio</t>
+          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'acquisizione di PRODOTTI NUTRIZIONALI DA SOMMINISTRARE PER VIA ENTERALE E/O OS E LATTI occorrenti le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.Lgs. 36/2023.</t>
         </is>
       </c>
       <c r="C23" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D23"/>
       <c r="E23" s="2">
-        <v>45709</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>3210</v>
+        <v>3257</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025_ prima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+          <t>Costituzione del gruppo tecnico di progettazione delle iniziative di gara centralizzate per la fornitura di Medicazioni generali e Medicazioni avanzate per le Aziende Sanitarie della Regione Lazio e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15, comma 9 del D.lgs. 36/2023.</t>
         </is>
       </c>
       <c r="C24" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D24"/>
       <c r="E24" s="2">
-        <v>45960</v>
-[...3 lines deleted...]
-        <v>45821</v>
+        <v>45744</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>3188</v>
-[...4 lines deleted...]
-        </is>
+        <v>3256</v>
+      </c>
+      <c r="B25" t="s">
+        <v>33</v>
       </c>
       <c r="C25" t="s">
         <v>34</v>
       </c>
       <c r="D25"/>
       <c r="E25" s="2">
-        <v>45678</v>
+        <v>46007</v>
+      </c>
+      <c r="F25"/>
+      <c r="G25" s="2">
+        <v>45789</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25" s="2">
+        <v>45744</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>3171</v>
+        <v>3241</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di consulenza assicurativa e brokeraggio per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione procedura.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l'acquisizione di dotazioni informatiche "Workstation mobile e monitor docking station" per la Giunta Regionale e altri enti della Regione Lazio. Accordo Quadro Workstation Ed.1</t>
         </is>
       </c>
       <c r="C26" t="s">
         <v>35</v>
       </c>
       <c r="D26"/>
       <c r="E26" s="2">
-        <v>45666</v>
+        <v>45730</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>3170</v>
-[...4 lines deleted...]
-        </is>
+        <v>3236</v>
+      </c>
+      <c r="B27" t="s">
+        <v>36</v>
       </c>
       <c r="C27" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D27"/>
       <c r="E27" s="2">
-        <v>45679</v>
-[...3 lines deleted...]
-        <v>45666</v>
+        <v>45726</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>3168</v>
-[...4 lines deleted...]
-        </is>
+        <v>3235</v>
+      </c>
+      <c r="B28" t="s">
+        <v>38</v>
       </c>
       <c r="C28" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D28"/>
       <c r="E28" s="2">
-        <v>45947</v>
+        <v>45805</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>3155</v>
+        <v>3224</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di manutenzione delle apparecchiature elettromedicali in uso presso le Aziende Sanitarie della Regione Lazio – Seconda edizione</t>
+          <t>Servizio di ricondizionamento e riutilizzo degli ausili per disabili di cui al DM 332/99 e al DPCM del 12 gennaio 2017 (GU n.65 del 18/03/2017)" occorrente alle Aziende sanitarie della Regione Lazio</t>
         </is>
       </c>
       <c r="C29" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D29"/>
       <c r="E29" s="2">
-        <v>45719</v>
+        <v>45709</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>3150</v>
+        <v>3210</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Procedura negoziata, ai sensi ai sensi dell'art. 50 comma 1 lettera d) del Dlgs 36/2023, per l'affidamento dei lavori afferenti "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc. Lunghezza e sistemazione finale dell'area</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrente alle Aziende sanitarie della Regione Lazio - Farmaci 2025_ prima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
         </is>
       </c>
       <c r="C30" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D30"/>
       <c r="E30" s="2">
-        <v>45649</v>
+        <v>45960</v>
+      </c>
+      <c r="F30"/>
+      <c r="G30" s="2">
+        <v>45821</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>3089</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>3188</v>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2024. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2024</t>
+        </is>
       </c>
       <c r="C31" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D31"/>
       <c r="E31" s="2">
-        <v>45589</v>
+        <v>45678</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>3053</v>
+        <v>3171</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>"Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Procedura aperta in ambito comunitario suddivisa in due lotti per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell’art. 59, comma 3 del D.Lgs. n. 36/2023, per l’affidamento di servizi di progettazione relativi a interventi a favore dei comuni, finalizzati alla mitigazione del rischio idrogeologico nei territori della Regione Lazio.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di consulenza assicurativa e brokeraggio per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione procedura.</t>
         </is>
       </c>
       <c r="C32" t="s">
-        <v>42</v>
+        <v>43</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32" s="2">
+        <v>45666</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>3052</v>
+        <v>3170</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio suddivisa in 3 Lotti. Impegno di spesa a favore dell’Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es.Fin. 2024. Sostituzione RUP, approvazione atti di gara e indizione procedura.</t>
         </is>
       </c>
       <c r="C33" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D33"/>
       <c r="E33" s="2">
-        <v>45965</v>
+        <v>45679</v>
+      </c>
+      <c r="F33"/>
+      <c r="G33" s="2">
+        <v>45666</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>3041</v>
+        <v>3168</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
+          <t>Affidamento del servizio per attività di fotoreporter e attività correlate e di videomaker, alla Società MAIM Srl (cod. cred. 251833). Impegno di spesa complessivo di € 124.440,00 (IVA inclusa) sul capitolo di spesa U0000R31906 di cui € 62.220,00 Es. Fin. 2025 e € 62.220,00 Es. Fin. 2026. Impegno di spesa di € 35,00 sul capitolo di spesa U0000T19427 a favore dell'Autorità Nazionale Anticorruzione - ANAC (Codice Creditore n. 159683). CIG: B43823E38C.</t>
         </is>
       </c>
       <c r="C34" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D34"/>
       <c r="E34" s="2">
-        <v>45821</v>
+        <v>45947</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>3038</v>
+        <v>3155</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Sostituzione nominativo del Gruppo Tecnico di Progettazione della gara centralizzata per l'affidamento del servizio di ristorazione delle Aziende sanitarie della Regione Lazio-Edizione 3, costituito con Determinazione n. G03934 del 08/04/2024.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di manutenzione delle apparecchiature elettromedicali in uso presso le Aziende Sanitarie della Regione Lazio – Seconda edizione</t>
         </is>
       </c>
       <c r="C35" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D35"/>
       <c r="E35" s="2">
-        <v>45482</v>
+        <v>45719</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>3030</v>
+        <v>3150</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
+          <t>Procedura negoziata, ai sensi ai sensi dell'art. 50 comma 1 lettera d) del Dlgs 36/2023, per l'affidamento dei lavori afferenti "Completamento della fase finale dell'intervento di bonifica della ex discarica abusiva in via Donegani, loc. Lunghezza e sistemazione finale dell'area</t>
         </is>
       </c>
       <c r="C36" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D36"/>
       <c r="E36" s="2">
-        <v>45631</v>
+        <v>45649</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>3029</v>
-[...4 lines deleted...]
-        </is>
+        <v>3089</v>
+      </c>
+      <c r="B37" t="s">
+        <v>48</v>
       </c>
       <c r="C37" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D37"/>
       <c r="E37" s="2">
-        <v>45960</v>
-[...3 lines deleted...]
-        <v>45821</v>
+        <v>45589</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>3013</v>
+        <v>3053</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Gara europea a procedura aperta per l’affidamento del servizio assicurativo per la Responsabilità Civile Patrimoniale (RCP) per colpa lieve per la Regione Lazio e il Consiglio Regionale</t>
+          <t>"Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Procedura aperta in ambito comunitario suddivisa in due lotti per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell’art. 59, comma 3 del D.Lgs. n. 36/2023, per l’affidamento di servizi di progettazione relativi a interventi a favore dei comuni, finalizzati alla mitigazione del rischio idrogeologico nei territori della Regione Lazio.</t>
         </is>
       </c>
       <c r="C38" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>3011</v>
+        <v>3052</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI "Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere". CUP: F97H21006970005</t>
+          <t>Determinazione a contrarre ai sensi dell'art. 17, co. 1, del D.lgs. n. 36/2023, indizione Gara europea a procedura aperta finalizzata alla stipula di convenzioni quadro, a ridotto impatto ambientale, per l'affidamento della fornitura di carta in risme per gli enti della Regione Lazio. Edizione 2. Procedura suddivisa in 2 lotti.</t>
         </is>
       </c>
       <c r="C39" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="D39"/>
       <c r="E39" s="2">
-        <v>45959</v>
+        <v>45965</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>3010</v>
+        <v>3041</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023 e s.m.i. del servizio di assistenza e supporto di natura giuridico-legale per l'ottimizzazione dei procedimenti sulle materie di competenza della Direzione Regionale Ciclo dei Rifiuti.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende sanitarie della Regione Lazio - Farmaci 2024 nona tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="C40" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D40"/>
       <c r="E40" s="2">
-        <v>45421</v>
+        <v>45821</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>3001</v>
+        <v>3038</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
+          <t>Sostituzione nominativo del Gruppo Tecnico di Progettazione della gara centralizzata per l'affidamento del servizio di ristorazione delle Aziende sanitarie della Regione Lazio-Edizione 3, costituito con Determinazione n. G03934 del 08/04/2024.</t>
         </is>
       </c>
       <c r="C41" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D41"/>
       <c r="E41" s="2">
-        <v>45821</v>
+        <v>45482</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>2999</v>
+        <v>3030</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata per l'affidamento del servizio integrato di rilevazione fisica, valorizzazione economica, riconciliazione con le risultanze contabili esistenti dei beni mobili e immobili delle Aziende sanitarie della Regione Lazio.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 - Ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Determinazione a contrarre, approvazione schemi, atti e indizione gara.</t>
         </is>
       </c>
       <c r="C42" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D42"/>
       <c r="E42" s="2">
-        <v>45589</v>
+        <v>45631</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>2989</v>
+        <v>3029</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>PR FESR LAZIO 2021/2027. CUP F89G23000890009. Nomina di Lazio Innova S.p.A. in qualità di Organismo Intermedio del PR Lazio FESR 2021-2027 per le funzioni delegate di cui agli art. 72, 73 e 74 del Reg. 1060/2021. Affidamento in house.</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 settima tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio.</t>
         </is>
       </c>
       <c r="C43" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D43"/>
       <c r="E43" s="2">
-        <v>45377</v>
+        <v>45960</v>
+      </c>
+      <c r="F43"/>
+      <c r="G43" s="2">
+        <v>45821</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>2965</v>
+        <v>3013</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Recepimento della Determinazione n. 1032/11163 del 29/12/2023 della Regione Autonoma della Sardegna ad oggetto "Appalto specifico indetto dalla Regione Autonoma della Sardegna, centrale regionale di committenza per l'affidamento di medicinali in dpc ed. 18 destinati al fabbisogno delle aziende sanitarie della Regione Autonoma della Sardegna, della Regione Emilia Romagna e della Regione Lazio, nell'ambito del sistema dinamico di acquisizione della pubblica amministrazione per la fornitura di prodotti farmaceutici - id gara anac 9366307.
-</t>
+          <t>Gara europea a procedura aperta per l’affidamento del servizio assicurativo per la Responsabilità Civile Patrimoniale (RCP) per colpa lieve per la Regione Lazio e il Consiglio Regionale</t>
         </is>
       </c>
       <c r="C44" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-        <v>45302</v>
+        <v>56</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>2964</v>
+        <v>3011</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2023. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2023.
-</t>
+          <t>D.G.R. n. 311 del 24/05/2022. Intervento cod. Rendis 12IR008/CI "Interventi di ripristino dell'officiosità idraulica del fiume Nera nel tratto terminale fino alla confluenza con il fiume Tevere". CUP: F97H21006970005</t>
         </is>
       </c>
       <c r="C45" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D45"/>
       <c r="E45" s="2">
-        <v>45302</v>
+        <v>45959</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>2960</v>
+        <v>3010</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, ginocchio e spalla per le Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti - Lotto 1 - 53</t>
+          <t>Affidamento diretto, ai sensi dell'art. 50, comma 1, lett. b) del D.Lgs. n. 36/2023 e s.m.i. del servizio di assistenza e supporto di natura giuridico-legale per l'ottimizzazione dei procedimenti sulle materie di competenza della Direzione Regionale Ciclo dei Rifiuti.</t>
         </is>
       </c>
       <c r="C46" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D46"/>
       <c r="E46" s="2">
-        <v>45400</v>
-[...3 lines deleted...]
-        <v>45364</v>
+        <v>45421</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>2957</v>
+        <v>3001</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Procedura aperta ai sensi dell'art. 71 D.lgs 36/2023 per l'affidamento in concessione del "Servizio di trasporto marittimo di passeggeri, veicoli e merci tra e con Ponza e Ventotene con obblighi di servizio pubblico per la continuità territoriale marittima". Lotto unico. CIG A03FA1EE17 - CUP F69I23000230003 - CUI S80143490581202300079. Determinazione a contrarre n. G17422 del 22/12/2023.&amp;nbsp;</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2024 sesta tranche - nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara e nomina del Responsabile Unico del Progetto.</t>
         </is>
       </c>
       <c r="C47" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D47"/>
       <c r="E47" s="2">
-        <v>45632</v>
+        <v>45821</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>2937</v>
+        <v>2999</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>fornitura di servizi cloud IaaS e PaaS in un modello di erogazione pubblico nonché per la prestazione di servizi connessi, servizi professionali di supporto all'adozione del cloud, servizi professionali tecnici per le Pubbliche Amministrazioni.
-</t>
+          <t>Gara comunitaria centralizzata per l'affidamento del servizio integrato di rilevazione fisica, valorizzazione economica, riconciliazione con le risultanze contabili esistenti dei beni mobili e immobili delle Aziende sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C48" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="D48"/>
       <c r="E48" s="2">
-        <v>45254</v>
+        <v>45589</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>2935</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>2989</v>
+      </c>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>PR FESR LAZIO 2021/2027. CUP F89G23000890009. Nomina di Lazio Innova S.p.A. in qualità di Organismo Intermedio del PR Lazio FESR 2021-2027 per le funzioni delegate di cui agli art. 72, 73 e 74 del Reg. 1060/2021. Affidamento in house.</t>
+        </is>
       </c>
       <c r="C49" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D49"/>
       <c r="E49" s="2">
-        <v>45254</v>
+        <v>45377</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>2934</v>
+        <v>2965</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>PONGOV. Affidamento in house, ex art. 7 del D.Lgs 36/2023, a Lazio Innova S.p.A. del servizio di realizzazione di attività di informazione e divulgazione delle iniziative finanziate dai Fondi europei CUP F89G2000250006.
+          <t>Recepimento della Determinazione n. 1032/11163 del 29/12/2023 della Regione Autonoma della Sardegna ad oggetto "Appalto specifico indetto dalla Regione Autonoma della Sardegna, centrale regionale di committenza per l'affidamento di medicinali in dpc ed. 18 destinati al fabbisogno delle aziende sanitarie della Regione Autonoma della Sardegna, della Regione Emilia Romagna e della Regione Lazio, nell'ambito del sistema dinamico di acquisizione della pubblica amministrazione per la fornitura di prodotti farmaceutici - id gara anac 9366307.
 </t>
         </is>
       </c>
       <c r="C50" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D50"/>
       <c r="E50" s="2">
-        <v>45254</v>
+        <v>45302</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>2932</v>
+        <v>2964</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Affidamento diretto alla società B-Side Communication S.R.L. per la fornitura di uno spazio all'interno della "Guida Regioni" deI Sole 24 Ore, ai sensi dell'art. 50 comma 1 lettera b) del D.lgs. 36/2023.
+          <t>Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2023. Impegno di spesa per la somma di euro 61.000,00 sul capitolo di bilancio U0000R31920, a favore della Società Italiana Autori ed Editori (SIAE) - Esercizio finanziario 2023.
 </t>
         </is>
       </c>
       <c r="C51" t="s">
-        <v>62</v>
+        <v>63</v>
+      </c>
+      <c r="D51"/>
+      <c r="E51" s="2">
+        <v>45302</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>2923</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>2960</v>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, ginocchio e spalla per le Aziende Sanitarie ed Ospedaliere della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti - Lotto 1 - 53</t>
+        </is>
       </c>
       <c r="C52" t="s">
         <v>64</v>
       </c>
       <c r="D52"/>
       <c r="E52" s="2">
-        <v>45316</v>
+        <v>45400</v>
       </c>
       <c r="F52"/>
       <c r="G52" s="2">
-        <v>45224</v>
+        <v>45364</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>2898</v>
+        <v>2957</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>SILD - Procedura negoziata, tramite RdO sul Mercato Elettronico Regionale (M.E.LA), ai sensi dell'art.1, comma 2, lettera b) della legge 11 settembre 2020, n.120, come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del decreto legge n. 77 del 31.5.2021, convertito in legge n. 108 del 29.7.2021, per l'affidamento dei servizi di gestione dei bandi ex art. 16, Sild e delle procedure di reclutamento del personale della Regione Lazio. Approvazione atti, indizione della procedura di gara e nomina del Responsabile Unico del Procedimento (RUP). CIG 9476350368.
-</t>
+          <t>Procedura aperta ai sensi dell'art. 71 D.lgs 36/2023 per l'affidamento in concessione del "Servizio di trasporto marittimo di passeggeri, veicoli e merci tra e con Ponza e Ventotene con obblighi di servizio pubblico per la continuità territoriale marittima". Lotto unico. CIG A03FA1EE17 - CUP F69I23000230003 - CUI S80143490581202300079. Determinazione a contrarre n. G17422 del 22/12/2023.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C53" t="s">
         <v>65</v>
       </c>
       <c r="D53"/>
       <c r="E53" s="2">
-        <v>45154</v>
-[...3 lines deleted...]
-        <v>45154</v>
+        <v>45632</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>2886</v>
+        <v>2937</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell''art. 36 del D.lgs. n. 50/2016 per Servizio di supporto alla Autorità di Gestione del PR FESR Lazio 2021-2027 nell'ambito dei processi partecipativi nei progetti di trasformazione urbana.
+          <t>fornitura di servizi cloud IaaS e PaaS in un modello di erogazione pubblico nonché per la prestazione di servizi connessi, servizi professionali di supporto all'adozione del cloud, servizi professionali tecnici per le Pubbliche Amministrazioni.
 </t>
         </is>
       </c>
       <c r="C54" t="s">
         <v>66</v>
       </c>
       <c r="D54"/>
       <c r="E54" s="2">
         <v>45254</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>2874</v>
-[...4 lines deleted...]
-        </is>
+        <v>2935</v>
+      </c>
+      <c r="B55" t="s">
+        <v>67</v>
       </c>
       <c r="C55" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D55"/>
       <c r="E55" s="2">
-        <v>45931</v>
-[...27 lines deleted...]
-        <v>45201</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>2870</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>2934</v>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>PONGOV. Affidamento in house, ex art. 7 del D.Lgs 36/2023, a Lazio Innova S.p.A. del servizio di realizzazione di attività di informazione e divulgazione delle iniziative finanziate dai Fondi europei CUP F89G2000250006.
+</t>
+        </is>
       </c>
       <c r="C56" t="s">
         <v>69</v>
       </c>
       <c r="D56"/>
       <c r="E56" s="2">
         <v>45254</v>
       </c>
-      <c r="F56"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>2868</v>
+        <v>2932</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>PON GOV 2014/2020. Progetto A0564P0005. IMPROGRAM - Asse 7-Az. 7.2.1. CUP F89G2000250006. Affidamento in house, ex art. 192 del D.Lgs 50/2016, a Lazio Innova S.p.A. del servizio di organizzazione eventi.
+          <t>Affidamento diretto alla società B-Side Communication S.R.L. per la fornitura di uno spazio all'interno della "Guida Regioni" deI Sole 24 Ore, ai sensi dell'art. 50 comma 1 lettera b) del D.lgs. 36/2023.
 </t>
         </is>
       </c>
       <c r="C57" t="s">
         <v>70</v>
       </c>
-      <c r="D57"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>2866</v>
+        <v>2923</v>
       </c>
       <c r="B58" t="s">
         <v>71</v>
       </c>
       <c r="C58" t="s">
         <v>72</v>
       </c>
       <c r="D58"/>
       <c r="E58" s="2">
-        <v>45589</v>
+        <v>45316</v>
       </c>
       <c r="F58"/>
       <c r="G58" s="2">
-        <v>45196</v>
+        <v>45224</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
-        <v>2828</v>
+        <v>2898</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Procedura aperta informatizzata per l’affidamento della&amp;nbsp;fornitura di aghi e siringhe destinata alle Aziende sanitarie e ospedaliere della Regione&amp;nbsp;Autonoma della Sardegna e della Regione Lazio - 2a edizione – ID ANAC 8398128
+          <t>SILD - Procedura negoziata, tramite RdO sul Mercato Elettronico Regionale (M.E.LA), ai sensi dell'art.1, comma 2, lettera b) della legge 11 settembre 2020, n.120, come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del decreto legge n. 77 del 31.5.2021, convertito in legge n. 108 del 29.7.2021, per l'affidamento dei servizi di gestione dei bandi ex art. 16, Sild e delle procedure di reclutamento del personale della Regione Lazio. Approvazione atti, indizione della procedura di gara e nomina del Responsabile Unico del Procedimento (RUP). CIG 9476350368.
 </t>
         </is>
       </c>
       <c r="C59" t="s">
         <v>73</v>
       </c>
       <c r="D59"/>
       <c r="E59" s="2">
-        <v>45090</v>
+        <v>45154</v>
       </c>
       <c r="F59"/>
       <c r="G59" s="2">
-        <v>45034</v>
-[...3 lines deleted...]
-        <v>45005</v>
+        <v>45154</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>2820</v>
+        <v>2886</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Selezione di proposte progettuali volte alla realizzazione di impianti di produzione di idrogeno rinnovabile in aree industriali dismesse, da finanziare nell'ambito del Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 2 "Rivoluzione verde e transizione ecologica", Componente 2 "Energia rinnovabile, idrogeno, rete e mobilità sostenibile", Investimento 3.1 "Produzione in aree industriali dismesse", finanziato dall'Unione Europea - Next Generation EU.
+          <t>Affidamento diretto ai sensi dell''art. 36 del D.lgs. n. 50/2016 per Servizio di supporto alla Autorità di Gestione del PR FESR Lazio 2021-2027 nell'ambito dei processi partecipativi nei progetti di trasformazione urbana.
 </t>
         </is>
       </c>
       <c r="C60" t="s">
         <v>74</v>
       </c>
       <c r="D60"/>
       <c r="E60" s="2">
-        <v>45002</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
-        <v>2814</v>
+        <v>2874</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Procedura aperta per la conclusione di un accordo quadro per il servizio di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce - Numero Gara 8965190.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di Pacemaker e Defibrillatori per le Aziende Sanitarie della Regione Lazio. Numero gara Anac 9163367.</t>
         </is>
       </c>
       <c r="C61" t="s">
         <v>75</v>
       </c>
       <c r="D61"/>
       <c r="E61" s="2">
-        <v>45499</v>
+        <v>45931</v>
+      </c>
+      <c r="F61"/>
+      <c r="G61" s="2">
+        <v>45931</v>
+      </c>
+      <c r="H61"/>
+      <c r="I61" s="2">
+        <v>45569</v>
+      </c>
+      <c r="J61"/>
+      <c r="K61" s="2">
+        <v>45510</v>
+      </c>
+      <c r="L61"/>
+      <c r="M61" s="2">
+        <v>45467</v>
+      </c>
+      <c r="N61"/>
+      <c r="O61" s="2">
+        <v>45434</v>
+      </c>
+      <c r="P61"/>
+      <c r="Q61" s="2">
+        <v>45378</v>
+      </c>
+      <c r="R61"/>
+      <c r="S61" s="2">
+        <v>45201</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
+        <v>2870</v>
+      </c>
+      <c r="B62" t="s">
+        <v>76</v>
+      </c>
+      <c r="C62" t="s">
+        <v>77</v>
+      </c>
+      <c r="D62"/>
+      <c r="E62" s="2">
+        <v>45254</v>
+      </c>
+      <c r="F62"/>
+      <c r="G62" s="2">
+        <v>45091</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63">
+        <v>2868</v>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>PON GOV 2014/2020. Progetto A0564P0005. IMPROGRAM - Asse 7-Az. 7.2.1. CUP F89G2000250006. Affidamento in house, ex art. 192 del D.Lgs 50/2016, a Lazio Innova S.p.A. del servizio di organizzazione eventi.
+</t>
+        </is>
+      </c>
+      <c r="C63" t="s">
+        <v>78</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63" s="2">
+        <v>45254</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64">
+        <v>2866</v>
+      </c>
+      <c r="B64" t="s">
+        <v>79</v>
+      </c>
+      <c r="C64" t="s">
+        <v>80</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64" s="2">
+        <v>45589</v>
+      </c>
+      <c r="F64"/>
+      <c r="G64" s="2">
+        <v>45196</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65">
+        <v>2828</v>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Procedura aperta informatizzata per l’affidamento della&amp;nbsp;fornitura di aghi e siringhe destinata alle Aziende sanitarie e ospedaliere della Regione&amp;nbsp;Autonoma della Sardegna e della Regione Lazio - 2a edizione – ID ANAC 8398128
+</t>
+        </is>
+      </c>
+      <c r="C65" t="s">
+        <v>81</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65" s="2">
+        <v>45090</v>
+      </c>
+      <c r="F65"/>
+      <c r="G65" s="2">
+        <v>45034</v>
+      </c>
+      <c r="H65"/>
+      <c r="I65" s="2">
+        <v>45005</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66">
+        <v>2820</v>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Selezione di proposte progettuali volte alla realizzazione di impianti di produzione di idrogeno rinnovabile in aree industriali dismesse, da finanziare nell'ambito del Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 2 "Rivoluzione verde e transizione ecologica", Componente 2 "Energia rinnovabile, idrogeno, rete e mobilità sostenibile", Investimento 3.1 "Produzione in aree industriali dismesse", finanziato dall'Unione Europea - Next Generation EU.
+</t>
+        </is>
+      </c>
+      <c r="C66" t="s">
+        <v>82</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66" s="2">
+        <v>45002</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67">
+        <v>2814</v>
+      </c>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>Procedura aperta per la conclusione di un accordo quadro per il servizio di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce - Numero Gara 8965190.</t>
+        </is>
+      </c>
+      <c r="C67" t="s">
+        <v>83</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67" s="2">
+        <v>45499</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68">
         <v>2804</v>
       </c>
-      <c r="B62" t="inlineStr">
+      <c r="B68" t="inlineStr">
         <is>
           <t>Affidamento in house - Servizio di gestione dell'avviso pubblico a sportello per il sostegno alle librerie indipendenti del Lazio - Laziocrea S.p.A.
 &amp;nbsp;
 </t>
         </is>
       </c>
-      <c r="C62" t="s">
-[...3 lines deleted...]
-      <c r="E62" s="2">
+      <c r="C68" t="s">
+        <v>84</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68" s="2">
         <v>44963</v>
-      </c>
-[...133 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
-        <v>2769</v>
-[...5 lines deleted...]
-        </is>
+        <v>2803</v>
+      </c>
+      <c r="B69" t="s">
+        <v>85</v>
       </c>
       <c r="C69" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="D69"/>
       <c r="E69" s="2">
-        <v>45362</v>
+        <v>44963</v>
+      </c>
+      <c r="F69"/>
+      <c r="G69" s="2">
+        <v>44963</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>2768</v>
+        <v>2801</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di fornitura di fornitura di dispositivi per il monitoraggio flash del glucosio e sensori impiantabili per il monitoraggio continuo del glucosio e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie della Regione Lazio. Numero gara 8862699</t>
+          <t>Gara comunitaria centralizzata finalizzata alla stipula di un accordo quadro per fornitura di stent vascolari occorrenti alle Aziende sanitarie della Regione Lazio e della Regione Calabria.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C70" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="D70"/>
       <c r="E70" s="2">
-        <v>45467</v>
+        <v>46007</v>
       </c>
       <c r="F70"/>
       <c r="G70" s="2">
-        <v>45436</v>
+        <v>45811</v>
       </c>
       <c r="H70"/>
       <c r="I70" s="2">
-        <v>44925</v>
+        <v>45770</v>
+      </c>
+      <c r="J70"/>
+      <c r="K70" s="2">
+        <v>45744</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" s="2">
+        <v>45589</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
-        <v>2760</v>
+        <v>2796</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
+          <t>COMPLETAMENTO DELLA FASE FINALE DELL'INTERVENTO DI BONIFICA DELLA EX DISCARICA ABUSIVA IN VIA DONEGANI, LOC. LUNGHEZZA E SISTEMAZIONE FINALE DELL'AREA VARIANTE AL PROGETTO DI CUI ALLA DETERMINAZIONE DEL COMUNE DI ROMA N.748 DEL 20 APRILE 2011. ACCORDO QUADRO PER IL RIPRISTINO PACCHETTO DI SPONDA DANNEGGIATO E GESTIONE DELL'EX DISCARICA DI LUNGHEZZA.
+</t>
         </is>
       </c>
       <c r="C71" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D71"/>
       <c r="E71" s="2">
-        <v>45938</v>
-[...3 lines deleted...]
-        <v>45083</v>
+        <v>45331</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
-        <v>2754</v>
+        <v>2793</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni per l'affidamento del servizio di trasporto e conferimento ad impianti di smaltimento dei rifiuti speciali pericolosi e non pericolosi derivanti da attività sanitarie delle Aziende sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara. Numero gara 8808261.
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 84 lotti, finalizzata alla stipula di convenzioni per la fornitura di aghi e siringhe occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio e della Regione Calabria. Approvazione schemi atti, indizione gara e sostituzione del Responsabile Unico del Procedimento. Numero gara 8780148</t>
         </is>
       </c>
       <c r="C72" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="D72"/>
       <c r="E72" s="2">
-        <v>45306</v>
+        <v>45569</v>
       </c>
       <c r="F72"/>
       <c r="G72" s="2">
-        <v>45306</v>
+        <v>45491</v>
+      </c>
+      <c r="H72"/>
+      <c r="I72" s="2">
+        <v>45469</v>
+      </c>
+      <c r="J72"/>
+      <c r="K72" s="2">
+        <v>45398</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" s="2">
+        <v>45279</v>
+      </c>
+      <c r="N72"/>
+      <c r="O72" s="2">
+        <v>45272</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
-        <v>2746</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>2776</v>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Lavori di completamento degli "Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. Sistemazione di un'area ricreativa a Marconi e Parco Tevere Magliana - 2 stralcio".
+</t>
+        </is>
       </c>
       <c r="C73" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D73"/>
       <c r="E73" s="2">
-        <v>45337</v>
-[...19 lines deleted...]
-        <v>44895</v>
+        <v>44935</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>2745</v>
+        <v>2774</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
+          <t>Impegno di spesa di euro 61.000,00 (IVA inclusa) per l’annualità 2022, a favore della SIAE (cod. creditore 122764), sul capitolo di bilancio U0000R31920 - esercizio finanziario 2022 - giusta Convenzione tra Regione Lazio e SIAE per il pagamento dei diritti di esecuzione musicale in occasione di manifestazioni culturali e ricreative organizzate dai centri anziani del Lazio nel corso del 2022.
+</t>
         </is>
       </c>
       <c r="C74" t="s">
-        <v>90</v>
-[...35 lines deleted...]
-        <v>45187</v>
+        <v>91</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
-        <v>2741</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>2769</v>
+      </c>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione LAzio - Tranche 9, nell’ambito del bando SDAPA per la fornitura di prodotti farmaceutici destinato al fabbisogno delle aziende sanitarie della Regione Lazio - Determinazione a contrarre. Approvazione schemi, atti e indizione gara. Nr. Gara 8865520
+</t>
+        </is>
       </c>
       <c r="C75" t="s">
         <v>92</v>
       </c>
       <c r="D75"/>
       <c r="E75" s="2">
-        <v>45317</v>
-[...3 lines deleted...]
-        <v>45313</v>
+        <v>45362</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>2709</v>
+        <v>2768</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata finalizzata alla stipula di una convenzione per l'affidamento del servizio di ristorazione ospedaliera per l'Azienda Ospedaliera San Camillo Forlanini.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di fornitura di fornitura di dispositivi per il monitoraggio flash del glucosio e sensori impiantabili per il monitoraggio continuo del glucosio e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie della Regione Lazio. Numero gara 8862699</t>
         </is>
       </c>
       <c r="C76" t="s">
         <v>93</v>
       </c>
       <c r="D76"/>
       <c r="E76" s="2">
-        <v>45589</v>
+        <v>45467</v>
+      </c>
+      <c r="F76"/>
+      <c r="G76" s="2">
+        <v>45436</v>
+      </c>
+      <c r="H76"/>
+      <c r="I76" s="2">
+        <v>44925</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
-        <v>2700</v>
+        <v>2760</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Procedura aperta, finalizzata alla stipula di un Accordo Quadro per l’affidamento del “\Servizio di messa in sicurezza e caratterizzazione ambientale per il sito Ex Discarica Le Lame - SIN Bacino del Fiume Sacco” CUP F47G20000080001 – CIG 9412247FEC. Indizione e approvazione atti di gara.
-</t>
+          <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
         </is>
       </c>
       <c r="C77" t="s">
         <v>94</v>
       </c>
       <c r="D77"/>
       <c r="E77" s="2">
-        <v>45239</v>
+        <v>45938</v>
       </c>
       <c r="F77"/>
       <c r="G77" s="2">
-        <v>44851</v>
+        <v>45083</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>2692</v>
+        <v>2754</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione di Tomografi a risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio - ID Anac 8681607 Determina di indizione.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni per l'affidamento del servizio di trasporto e conferimento ad impianti di smaltimento dei rifiuti speciali pericolosi e non pericolosi derivanti da attività sanitarie delle Aziende sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara. Numero gara 8808261.
+</t>
         </is>
       </c>
       <c r="C78" t="s">
         <v>95</v>
       </c>
       <c r="D78"/>
       <c r="E78" s="2">
-        <v>45492</v>
+        <v>45306</v>
       </c>
       <c r="F78"/>
       <c r="G78" s="2">
-        <v>45362</v>
-[...3 lines deleted...]
-        <v>45357</v>
+        <v>45306</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
-        <v>2686</v>
+        <v>2746</v>
       </c>
       <c r="B79" t="s">
         <v>96</v>
       </c>
       <c r="C79" t="s">
         <v>97</v>
       </c>
       <c r="D79"/>
       <c r="E79" s="2">
-        <v>45877</v>
+        <v>45337</v>
       </c>
       <c r="F79"/>
       <c r="G79" s="2">
-        <v>45849</v>
+        <v>45211</v>
       </c>
       <c r="H79"/>
       <c r="I79" s="2">
-        <v>45765</v>
+        <v>45125</v>
       </c>
       <c r="J79"/>
       <c r="K79" s="2">
-        <v>45632</v>
+        <v>45077</v>
       </c>
       <c r="L79"/>
       <c r="M79" s="2">
-        <v>45621</v>
+        <v>45006</v>
       </c>
       <c r="N79"/>
       <c r="O79" s="2">
-        <v>45621</v>
+        <v>44895</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
-        <v>2685</v>
+        <v>2745</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016,&amp;nbsp;finalizzata all'acquisizione, a mezzo di accordo-quadro ex art. 54 comma 3 D. Lgs n. 50/2016, del servizio di assistenza tecnica&amp;nbsp;per la gestione ed attuazione del Piano Sviluppo e Coesione ella Regione Lazio. Lotto unico. Approvazione atti di gara ed autorizzazione ad indire.</t>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
         </is>
       </c>
       <c r="C80" t="s">
         <v>98</v>
       </c>
       <c r="D80"/>
       <c r="E80" s="2">
-        <v>44945</v>
+        <v>45581</v>
+      </c>
+      <c r="F80"/>
+      <c r="G80" s="2">
+        <v>45492</v>
+      </c>
+      <c r="H80"/>
+      <c r="I80" s="2">
+        <v>45362</v>
+      </c>
+      <c r="J80"/>
+      <c r="K80" s="2">
+        <v>45357</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" s="2">
+        <v>45282</v>
+      </c>
+      <c r="N80"/>
+      <c r="O80" s="2">
+        <v>45254</v>
+      </c>
+      <c r="P80"/>
+      <c r="Q80" s="2">
+        <v>45229</v>
+      </c>
+      <c r="R80"/>
+      <c r="S80" s="2">
+        <v>45222</v>
+      </c>
+      <c r="T80"/>
+      <c r="U80" s="2">
+        <v>45187</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
-        <v>2684</v>
-[...4 lines deleted...]
-        </is>
+        <v>2741</v>
+      </c>
+      <c r="B81" t="s">
+        <v>99</v>
       </c>
       <c r="C81" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D81"/>
       <c r="E81" s="2">
-        <v>45492</v>
+        <v>45317</v>
       </c>
       <c r="F81"/>
       <c r="G81" s="2">
-        <v>45362</v>
-[...3 lines deleted...]
-        <v>45357</v>
+        <v>45313</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>2675</v>
+        <v>2709</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Tronto"&amp;nbsp;</t>
+          <t>Gara comunitaria centralizzata finalizzata alla stipula di una convenzione per l'affidamento del servizio di ristorazione ospedaliera per l'Azienda Ospedaliera San Camillo Forlanini.</t>
         </is>
       </c>
       <c r="C82" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D82"/>
       <c r="E82" s="2">
-        <v>45965</v>
-[...3 lines deleted...]
-        <v>45910</v>
+        <v>45589</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
-        <v>2670</v>
+        <v>2700</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del fiume Liri, a monte e a valle del Ponte Curvo, in comune di Pontecorvo (FR)."</t>
+          <t>Procedura aperta, finalizzata alla stipula di un Accordo Quadro per l’affidamento del “\Servizio di messa in sicurezza e caratterizzazione ambientale per il sito Ex Discarica Le Lame - SIN Bacino del Fiume Sacco” CUP F47G20000080001 – CIG 9412247FEC. Indizione e approvazione atti di gara.
+</t>
         </is>
       </c>
       <c r="C83" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D83"/>
       <c r="E83" s="2">
-        <v>45911</v>
+        <v>45239</v>
       </c>
       <c r="F83"/>
       <c r="G83" s="2">
-        <v>45908</v>
-[...31 lines deleted...]
-        <v>45506</v>
+        <v>44851</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>2669</v>
+        <v>2692</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fosso Malafede - Messa in sicurezza della zona urbana di Vitinia via Risaro"&amp;nbsp;</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione di Tomografi a risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio - ID Anac 8681607 Determina di indizione.</t>
         </is>
       </c>
       <c r="C84" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D84"/>
       <c r="E84" s="2">
-        <v>45937</v>
+        <v>45492</v>
       </c>
       <c r="F84"/>
       <c r="G84" s="2">
-        <v>45937</v>
+        <v>45362</v>
       </c>
       <c r="H84"/>
       <c r="I84" s="2">
-        <v>45937</v>
-[...35 lines deleted...]
-        <v>45622</v>
+        <v>45357</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
-        <v>2654</v>
-[...4 lines deleted...]
-        </is>
+        <v>2686</v>
+      </c>
+      <c r="B85" t="s">
+        <v>104</v>
       </c>
       <c r="C85" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D85"/>
       <c r="E85" s="2">
-        <v>45421</v>
+        <v>45877</v>
       </c>
       <c r="F85"/>
       <c r="G85" s="2">
-        <v>45397</v>
+        <v>45849</v>
       </c>
       <c r="H85"/>
       <c r="I85" s="2">
-        <v>45362</v>
+        <v>45765</v>
       </c>
       <c r="J85"/>
       <c r="K85" s="2">
-        <v>45362</v>
+        <v>45632</v>
       </c>
       <c r="L85"/>
       <c r="M85" s="2">
-        <v>45331</v>
+        <v>45621</v>
       </c>
       <c r="N85"/>
       <c r="O85" s="2">
-        <v>45331</v>
+        <v>45621</v>
       </c>
     </row>
     <row r="86">
       <c r="A86">
-        <v>2644</v>
+        <v>2685</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di TC 128&amp;nbsp;slice per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8634133</t>
+          <t>Procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016,&amp;nbsp;finalizzata all'acquisizione, a mezzo di accordo-quadro ex art. 54 comma 3 D. Lgs n. 50/2016, del servizio di assistenza tecnica&amp;nbsp;per la gestione ed attuazione del Piano Sviluppo e Coesione ella Regione Lazio. Lotto unico. Approvazione atti di gara ed autorizzazione ad indire.</t>
         </is>
       </c>
       <c r="C86" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D86"/>
       <c r="E86" s="2">
-        <v>45492</v>
-[...7 lines deleted...]
-        <v>45357</v>
+        <v>44945</v>
       </c>
     </row>
     <row r="87">
       <c r="A87">
-        <v>2639</v>
+        <v>2684</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Nomina della commissione giudicatrice, ai sensi dell'art. 77 del d.lgs. n. 50/2016, della gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l'affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le strutture della Regione Lazio. CIG: Lotto 1: 9003745D69, Lotto 2: 9003758825, Lotto 3: 900376913B, Lotto 4: 9003796781, Lotto 5: 90038124B6, Lotto 6: 9003821C21, Lotto 7: 9003842D75.
-</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - Componente M6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di angiografi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara.&amp;nbsp;Numero gara 8659981</t>
         </is>
       </c>
       <c r="C87" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D87"/>
       <c r="E87" s="2">
-        <v>45364</v>
+        <v>45492</v>
+      </c>
+      <c r="F87"/>
+      <c r="G87" s="2">
+        <v>45362</v>
+      </c>
+      <c r="H87"/>
+      <c r="I87" s="2">
+        <v>45357</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>2622</v>
+        <v>2681</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni quadro per la fornitura di sistemi per la terapia a pressione negativa da destinare alle Aziende sanitarie e ospedaliere della Regione Lazio.&amp;nbsp;</t>
+          <t>"Messa in sicurezza Media valle del Tevere a salvaguardia della città di Roma (I stralcio) – lotto 2". Affidamento indagini geognostiche ai sensi dell'art. 36 co. 2 lett. b) del D.Lgs n. 50/2016.</t>
         </is>
       </c>
       <c r="C88" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D88"/>
       <c r="E88" s="2">
-        <v>45919</v>
+        <v>46015</v>
       </c>
       <c r="F88"/>
       <c r="G88" s="2">
-        <v>45880</v>
-[...7 lines deleted...]
-        <v>45831</v>
+        <v>46014</v>
       </c>
     </row>
     <row r="89">
       <c r="A89">
-        <v>2613</v>
+        <v>2675</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di mammografi digitali con tomosintesi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8590913.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di manutenzione straordinaria del Fiume Tronto"&amp;nbsp;</t>
         </is>
       </c>
       <c r="C89" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D89"/>
       <c r="E89" s="2">
-        <v>45492</v>
+        <v>45965</v>
       </c>
       <c r="F89"/>
       <c r="G89" s="2">
-        <v>45362</v>
-[...7 lines deleted...]
-        <v>44747</v>
+        <v>45910</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>2607</v>
+        <v>2670</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Servizi di ingegneria ed architettura per le Aziende Sanitarie della Regione Lazio per gli interventi finanziati dal PNRR e dal PNC per la realizzazione degli investimenti: “Case della comunità”, “Ospedali di comunità”, “Verso un ospedale sicuro e sostenibile”
-</t>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del fiume Liri, a monte e a valle del Ponte Curvo, in comune di Pontecorvo (FR)."</t>
         </is>
       </c>
       <c r="C90" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D90"/>
       <c r="E90" s="2">
-        <v>44972</v>
+        <v>46007</v>
+      </c>
+      <c r="F90"/>
+      <c r="G90" s="2">
+        <v>45993</v>
+      </c>
+      <c r="H90"/>
+      <c r="I90" s="2">
+        <v>45911</v>
+      </c>
+      <c r="J90"/>
+      <c r="K90" s="2">
+        <v>45908</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" s="2">
+        <v>45826</v>
+      </c>
+      <c r="N90"/>
+      <c r="O90" s="2">
+        <v>45824</v>
+      </c>
+      <c r="P90"/>
+      <c r="Q90" s="2">
+        <v>45733</v>
+      </c>
+      <c r="R90"/>
+      <c r="S90" s="2">
+        <v>45733</v>
+      </c>
+      <c r="T90"/>
+      <c r="U90" s="2">
+        <v>45643</v>
+      </c>
+      <c r="V90"/>
+      <c r="W90" s="2">
+        <v>45558</v>
+      </c>
+      <c r="X90"/>
+      <c r="Y90" s="2">
+        <v>45513</v>
+      </c>
+      <c r="Z90"/>
+      <c r="AA90" s="2">
+        <v>45506</v>
       </c>
     </row>
     <row r="91">
       <c r="A91">
-        <v>2604</v>
+        <v>2669</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di Accordi Quadro per l'acquisizione e la distribuzione di ausili monouso per stomie da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fosso Malafede - Messa in sicurezza della zona urbana di Vitinia via Risaro"&amp;nbsp;</t>
         </is>
       </c>
       <c r="C91" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D91"/>
       <c r="E91" s="2">
-        <v>45919</v>
+        <v>46013</v>
       </c>
       <c r="F91"/>
       <c r="G91" s="2">
-        <v>45876</v>
+        <v>46006</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91" s="2">
+        <v>46006</v>
+      </c>
+      <c r="J91"/>
+      <c r="K91" s="2">
+        <v>45993</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" s="2">
+        <v>45993</v>
+      </c>
+      <c r="N91"/>
+      <c r="O91" s="2">
+        <v>45971</v>
+      </c>
+      <c r="P91"/>
+      <c r="Q91" s="2">
+        <v>45937</v>
+      </c>
+      <c r="R91"/>
+      <c r="S91" s="2">
+        <v>45937</v>
+      </c>
+      <c r="T91"/>
+      <c r="U91" s="2">
+        <v>45937</v>
+      </c>
+      <c r="V91"/>
+      <c r="W91" s="2">
+        <v>45916</v>
+      </c>
+      <c r="X91"/>
+      <c r="Y91" s="2">
+        <v>45904</v>
+      </c>
+      <c r="Z91"/>
+      <c r="AA91" s="2">
+        <v>45867</v>
+      </c>
+      <c r="AB91"/>
+      <c r="AC91" s="2">
+        <v>45867</v>
+      </c>
+      <c r="AD91"/>
+      <c r="AE91" s="2">
+        <v>45847</v>
+      </c>
+      <c r="AF91"/>
+      <c r="AG91" s="2">
+        <v>45797</v>
+      </c>
+      <c r="AH91"/>
+      <c r="AI91" s="2">
+        <v>45797</v>
+      </c>
+      <c r="AJ91"/>
+      <c r="AK91" s="2">
+        <v>45797</v>
+      </c>
+      <c r="AL91"/>
+      <c r="AM91" s="2">
+        <v>45622</v>
       </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>2597</v>
+        <v>2667</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria, a procedura aperta finalizzata all'acquisizione di acceleratori lineari per le aziende sanitarie e ospedaliere IFO, San Giovanni Addolorata, Roma 1, Viterbo, Frosinone. Numero gara 8501913</t>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Lavori di sistemazione idraulica del Fosso dell'Acqua Acetosa a monte di Via C. Colombo" - Nomina del responsabile unico del procedimento ai sensi dell'art. 31, comma 1 del D.lgs. 18 aprile 2016, n. 50.</t>
         </is>
       </c>
       <c r="C92" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D92"/>
       <c r="E92" s="2">
-        <v>45492</v>
+        <v>45986</v>
       </c>
       <c r="F92"/>
       <c r="G92" s="2">
-        <v>45362</v>
+        <v>45986</v>
       </c>
       <c r="H92"/>
       <c r="I92" s="2">
-        <v>45357</v>
-[...7 lines deleted...]
-        <v>44729</v>
+        <v>45986</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
-        <v>2590</v>
+        <v>2654</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Procedura di gara finalizzata all'acquisizione della fornitura di stent vascolari occorrenti alle Aziende Sanitarie della Regione Lazio. Nomina del Responsabile Unico del Procedimento e costituzione del Gruppo Tecnico di Progettazione
-</t>
+          <t>Gara Comunitaria a procedura aperta svolta attraverso piattaforme telematiche di negoziazione ai sensi degli artt. 58 e 60 del d.lgs. 50/2016, finalizzata alla stipula di un accordo-quadro ex art. 54 comma 3 d.lgs n. 50/2016, per l'affidamento dei "Servizi di rimozione dei rifiuti abbandonati, caratterizzazione, rimozione amianto e monitoraggio delle acque ad uso potabile, irriguo e domestico", suddivisa in n. 9 lotti funzionali.</t>
         </is>
       </c>
       <c r="C93" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D93"/>
       <c r="E93" s="2">
-        <v>44656</v>
+        <v>45421</v>
+      </c>
+      <c r="F93"/>
+      <c r="G93" s="2">
+        <v>45397</v>
+      </c>
+      <c r="H93"/>
+      <c r="I93" s="2">
+        <v>45362</v>
+      </c>
+      <c r="J93"/>
+      <c r="K93" s="2">
+        <v>45362</v>
+      </c>
+      <c r="L93"/>
+      <c r="M93" s="2">
+        <v>45331</v>
+      </c>
+      <c r="N93"/>
+      <c r="O93" s="2">
+        <v>45331</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>2583</v>
+        <v>2644</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>PR FESR LAZIO 2021-2027. Progetto A0393B0006. Determinazione a contrarre ai sensi dell'art. 51 co. 1 lett. a) DL 77/2021, convertito con modificazioni dalla L. 29/7/2021, n. 108, tramite procedura negoziata senza pubblicazione di bando di gara per l'acquisizione di un servizio di banche dati nel settore Information &amp;amp; Communication Tecnology, per un importo a base d'asta di € 185.000,00 IVA esclusa. Prenotazione impegno € 225.700,00 a favore di Creditori Diversi e impegno di € 1.890,78 a favore del Fondo Incentivi, sui capitoli U0000A44101, U0000A44102 e U0000A44103 E.F. 2022-2023. Accertamenti di € 186.624,44 sui capitoli E0000413151, E0000421159 E.F. 2022-2023. Accertamento di € 1.890,78 sul capitolo E0000341560 E.F. 2022-2023. Impegno € 225,00 sul capitolo U0000T19427 E.F. 2022 a favore ANAC. CIG 9085439571 CUP F89J22001650009.
-</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di TC 128&amp;nbsp;slice per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8634133</t>
         </is>
       </c>
       <c r="C94" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D94"/>
       <c r="E94" s="2">
-        <v>45254</v>
+        <v>45492</v>
+      </c>
+      <c r="F94"/>
+      <c r="G94" s="2">
+        <v>45362</v>
+      </c>
+      <c r="H94"/>
+      <c r="I94" s="2">
+        <v>45357</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
-        <v>2579</v>
+        <v>2639</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice 658 denominato "Lavori straordinari ed urgenti per il ripristino sommità arginale del fiume Velino. Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F37H21007250002 - CIG Z343569739.</t>
+          <t>Nomina della commissione giudicatrice, ai sensi dell'art. 77 del d.lgs. n. 50/2016, della gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l'affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le strutture della Regione Lazio. CIG: Lotto 1: 9003745D69, Lotto 2: 9003758825, Lotto 3: 900376913B, Lotto 4: 9003796781, Lotto 5: 90038124B6, Lotto 6: 9003821C21, Lotto 7: 9003842D75.
+</t>
         </is>
       </c>
       <c r="C95" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D95"/>
       <c r="E95" s="2">
-        <v>45643</v>
-[...15 lines deleted...]
-        <v>45632</v>
+        <v>45364</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>2569</v>
+        <v>2622</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Cloud Regione Lazio - "Procedura ristretta, ai sensi dell'art. 61 del D.Lgs 50/2016, finalizzata all'affidamento di servizi specialistici di supporto per l'evoluzione, la gestione dei sistemi infrastrutturali deputati all'erogazione dei servizi Cloud Regionali - Lotto unico - CIG 9051406087. Determinazione di approvazione atti, indizione gara e nomina del Responsabile Unico del Procedimento (RUP).
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni quadro per la fornitura di sistemi per la terapia a pressione negativa da destinare alle Aziende sanitarie e ospedaliere della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C96" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D96"/>
       <c r="E96" s="2">
-        <v>45364</v>
+        <v>45919</v>
+      </c>
+      <c r="F96"/>
+      <c r="G96" s="2">
+        <v>45880</v>
+      </c>
+      <c r="H96"/>
+      <c r="I96" s="2">
+        <v>45854</v>
+      </c>
+      <c r="J96"/>
+      <c r="K96" s="2">
+        <v>45831</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
-        <v>2567</v>
+        <v>2613</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento del servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Centrale Acquisti. Intervento SAT2020 - EE.LL. CIG 8145970B17. Impegno di spesa pluriennale di Euro 243.207,00 IVA inclusa, sul capitolo U0000S23103, a favore di Intellera Consulting Srl in qualità di capogruppo - cod. cred. 191021 - per estensione dei servizi dal 01 settembre 2021 al 30 agosto 2022 - Esercizi Finanziari 2021-2022. Variante denominata SAT2020-EELL.
-</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di mammografi digitali con tomosintesi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8590913.</t>
         </is>
       </c>
       <c r="C97" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D97"/>
       <c r="E97" s="2">
-        <v>45364</v>
+        <v>45492</v>
+      </c>
+      <c r="F97"/>
+      <c r="G97" s="2">
+        <v>45362</v>
+      </c>
+      <c r="H97"/>
+      <c r="I97" s="2">
+        <v>45357</v>
+      </c>
+      <c r="J97"/>
+      <c r="K97" s="2">
+        <v>44747</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>2562</v>
+        <v>2607</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Approvazione atti di variante ai sensi dell'art. 106, co. 1, lett. c) e art. 149 comma 2 del D.Lgs 50/2016. CUP: F78I18000070008 - CIG: 83810759E0.</t>
+          <t>Servizi di ingegneria ed architettura per le Aziende Sanitarie della Regione Lazio per gli interventi finanziati dal PNRR e dal PNC per la realizzazione degli investimenti: “Case della comunità”, “Ospedali di comunità”, “Verso un ospedale sicuro e sostenibile”
+</t>
         </is>
       </c>
       <c r="C98" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D98"/>
       <c r="E98" s="2">
-        <v>45845</v>
-[...15 lines deleted...]
-        <v>44599</v>
+        <v>44972</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
-        <v>2515</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>2604</v>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di Accordi Quadro per l'acquisizione e la distribuzione di ausili monouso per stomie da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
       </c>
       <c r="C99" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D99"/>
       <c r="E99" s="2">
-        <v>44575</v>
+        <v>45919</v>
+      </c>
+      <c r="F99"/>
+      <c r="G99" s="2">
+        <v>45876</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>2503</v>
+        <v>2597</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione del servizio di ventiloterapia domiciliare, occorrente alle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria, a procedura aperta finalizzata all'acquisizione di acceleratori lineari per le aziende sanitarie e ospedaliere IFO, San Giovanni Addolorata, Roma 1, Viterbo, Frosinone. Numero gara 8501913</t>
         </is>
       </c>
       <c r="C100" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D100"/>
       <c r="E100" s="2">
-        <v>45581</v>
+        <v>45492</v>
       </c>
       <c r="F100"/>
       <c r="G100" s="2">
-        <v>45492</v>
+        <v>45362</v>
       </c>
       <c r="H100"/>
       <c r="I100" s="2">
-        <v>45362</v>
+        <v>45357</v>
       </c>
       <c r="J100"/>
       <c r="K100" s="2">
-        <v>45357</v>
+        <v>44729</v>
       </c>
       <c r="L100"/>
       <c r="M100" s="2">
-        <v>44805</v>
+        <v>44729</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
-        <v>2501</v>
+        <v>2590</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per &amp;nbsp;l’acquisizione del servizio CUP occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8385135</t>
+          <t>Procedura di gara finalizzata all'acquisizione della fornitura di stent vascolari occorrenti alle Aziende Sanitarie della Regione Lazio. Nomina del Responsabile Unico del Procedimento e costituzione del Gruppo Tecnico di Progettazione
+</t>
         </is>
       </c>
       <c r="C101" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D101"/>
       <c r="E101" s="2">
-        <v>45917</v>
-[...7 lines deleted...]
-        <v>45628</v>
+        <v>44656</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>2499</v>
+        <v>2583</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’affidamento del servizio di tesoreria per le Aziende Sanitarie della Regione Lazio – Terza edizione</t>
+          <t>PR FESR LAZIO 2021-2027. Progetto A0393B0006. Determinazione a contrarre ai sensi dell'art. 51 co. 1 lett. a) DL 77/2021, convertito con modificazioni dalla L. 29/7/2021, n. 108, tramite procedura negoziata senza pubblicazione di bando di gara per l'acquisizione di un servizio di banche dati nel settore Information &amp;amp; Communication Tecnology, per un importo a base d'asta di € 185.000,00 IVA esclusa. Prenotazione impegno € 225.700,00 a favore di Creditori Diversi e impegno di € 1.890,78 a favore del Fondo Incentivi, sui capitoli U0000A44101, U0000A44102 e U0000A44103 E.F. 2022-2023. Accertamenti di € 186.624,44 sui capitoli E0000413151, E0000421159 E.F. 2022-2023. Accertamento di € 1.890,78 sul capitolo E0000341560 E.F. 2022-2023. Impegno € 225,00 sul capitolo U0000T19427 E.F. 2022 a favore ANAC. CIG 9085439571 CUP F89J22001650009.
+</t>
         </is>
       </c>
       <c r="C102" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D102"/>
       <c r="E102" s="2">
-        <v>45581</v>
-[...11 lines deleted...]
-        <v>45357</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>2497</v>
+        <v>2579</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per per la fornitura di microinfusori per insulina, sistemi di monitoraggio CGM e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie Locali della Regione Lazio. Numero Gara 8389570.</t>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n.558 del 15 novembre 2018. Intervento codice 658 denominato "Lavori straordinari ed urgenti per il ripristino sommità arginale del fiume Velino. Affidamento per il servizio delle attività topografiche compresa l'elaborazione di disegni e grafici, ai sensi dell'art. 1, comma 2, lett. a) della Legge 120/2020 - CUP F37H21007250002 - CIG Z343569739.</t>
         </is>
       </c>
       <c r="C103" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D103"/>
       <c r="E103" s="2">
-        <v>45499</v>
+        <v>45643</v>
       </c>
       <c r="F103"/>
       <c r="G103" s="2">
-        <v>45492</v>
+        <v>45632</v>
       </c>
       <c r="H103"/>
       <c r="I103" s="2">
-        <v>45362</v>
+        <v>45632</v>
       </c>
       <c r="J103"/>
       <c r="K103" s="2">
-        <v>45357</v>
+        <v>45632</v>
       </c>
       <c r="L103"/>
       <c r="M103" s="2">
-        <v>45356</v>
-[...47 lines deleted...]
-        <v>44578</v>
+        <v>45632</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>2496</v>
+        <v>2569</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all’affidamento del servizio di trasporto e consegna sangue, emocomponenti, cellule staminali, campioni biologici e materiali per prelievo destinato agli Enti del Servizio Sanitario della Regione Lazio.&amp;nbsp;&amp;nbsp;</t>
+          <t>Cloud Regione Lazio - "Procedura ristretta, ai sensi dell'art. 61 del D.Lgs 50/2016, finalizzata all'affidamento di servizi specialistici di supporto per l'evoluzione, la gestione dei sistemi infrastrutturali deputati all'erogazione dei servizi Cloud Regionali - Lotto unico - CIG 9051406087. Determinazione di approvazione atti, indizione gara e nomina del Responsabile Unico del Procedimento (RUP).
+</t>
         </is>
       </c>
       <c r="C104" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="D104"/>
       <c r="E104" s="2">
-        <v>45589</v>
+        <v>45364</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>2475</v>
+        <v>2567</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Procedura aperta finalizzata alla stipula di una Convenzione per l'affidamento del servizio di noleggio a lungo termine, senza&amp;nbsp;conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della&amp;nbsp;Giunta Regionale, degli Enti Dipendenti e delle Società Partecipate della Regione Lazio - Edizione 2
+          <t>Procedura aperta per l'affidamento del servizio di assistenza organizzativa/gestionale e del supporto tecnico-specialistico alla Direzione Regionale Centrale Acquisti. Intervento SAT2020 - EE.LL. CIG 8145970B17. Impegno di spesa pluriennale di Euro 243.207,00 IVA inclusa, sul capitolo U0000S23103, a favore di Intellera Consulting Srl in qualità di capogruppo - cod. cred. 191021 - per estensione dei servizi dal 01 settembre 2021 al 30 agosto 2022 - Esercizi Finanziari 2021-2022. Variante denominata SAT2020-EELL.
 </t>
         </is>
       </c>
       <c r="C105" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D105"/>
       <c r="E105" s="2">
-        <v>45054</v>
+        <v>45364</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>2464</v>
+        <v>2562</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie della Regione Lazio, suddivisa in 26 Lotti</t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Approvazione atti di variante ai sensi dell'art. 106, co. 1, lett. c) e art. 149 comma 2 del D.Lgs 50/2016. CUP: F78I18000070008 - CIG: 83810759E0.</t>
         </is>
       </c>
       <c r="C106" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D106"/>
       <c r="E106" s="2">
-        <v>45841</v>
+        <v>45845</v>
       </c>
       <c r="F106"/>
       <c r="G106" s="2">
-        <v>45492</v>
+        <v>45845</v>
       </c>
       <c r="H106"/>
       <c r="I106" s="2">
-        <v>45362</v>
+        <v>45845</v>
       </c>
       <c r="J106"/>
       <c r="K106" s="2">
-        <v>45140</v>
+        <v>45825</v>
       </c>
       <c r="L106"/>
       <c r="M106" s="2">
-        <v>45140</v>
-[...11 lines deleted...]
-        <v>44518</v>
+        <v>44599</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
-        <v>2461</v>
-[...5 lines deleted...]
-        </is>
+        <v>2515</v>
+      </c>
+      <c r="B107" t="s">
+        <v>127</v>
       </c>
       <c r="C107" t="s">
-        <v>126</v>
+        <v>128</v>
+      </c>
+      <c r="D107"/>
+      <c r="E107" s="2">
+        <v>44575</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>2444</v>
+        <v>2503</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di dispositivi per emodinamica (esclusi stent) da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Numero gara n. 8290914.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione del servizio di ventiloterapia domiciliare, occorrente alle Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C108" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D108"/>
       <c r="E108" s="2">
-        <v>45880</v>
+        <v>45581</v>
       </c>
       <c r="F108"/>
       <c r="G108" s="2">
-        <v>45721</v>
+        <v>45492</v>
       </c>
       <c r="H108"/>
       <c r="I108" s="2">
-        <v>45721</v>
+        <v>45362</v>
       </c>
       <c r="J108"/>
       <c r="K108" s="2">
-        <v>45590</v>
+        <v>45357</v>
       </c>
       <c r="L108"/>
       <c r="M108" s="2">
-        <v>45492</v>
-[...11 lines deleted...]
-        <v>45114</v>
+        <v>44805</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
-        <v>2442</v>
+        <v>2501</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 631 denominato "Risagomatura scogliere - Completamento interventi di manutenzione delle opere di difesa costiera di Ostia Centro e Ponente e ripascimento ricostruttivo". Determinazione a contrarre. CUP F87H21001490001- CIG 896703468B</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per &amp;nbsp;l’acquisizione del servizio CUP occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8385135</t>
         </is>
       </c>
       <c r="C109" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="D109"/>
       <c r="E109" s="2">
-        <v>45553</v>
+        <v>45917</v>
       </c>
       <c r="F109"/>
       <c r="G109" s="2">
-        <v>45553</v>
+        <v>45831</v>
       </c>
       <c r="H109"/>
       <c r="I109" s="2">
-        <v>45553</v>
-[...11 lines deleted...]
-        <v>45553</v>
+        <v>45628</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
-        <v>2437</v>
+        <v>2499</v>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’affidamento del servizio di tesoreria per le Aziende Sanitarie della Regione Lazio – Terza edizione</t>
         </is>
       </c>
       <c r="C110" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D110"/>
       <c r="E110" s="2">
-        <v>45875</v>
+        <v>45581</v>
       </c>
       <c r="F110"/>
       <c r="G110" s="2">
-        <v>45589</v>
+        <v>45492</v>
       </c>
       <c r="H110"/>
       <c r="I110" s="2">
-        <v>44504</v>
+        <v>45362</v>
+      </c>
+      <c r="J110"/>
+      <c r="K110" s="2">
+        <v>45357</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
-        <v>2435</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>2497</v>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per per la fornitura di microinfusori per insulina, sistemi di monitoraggio CGM e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie Locali della Regione Lazio. Numero Gara 8389570.</t>
+        </is>
       </c>
       <c r="C111" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D111"/>
       <c r="E111" s="2">
-        <v>45421</v>
+        <v>45499</v>
       </c>
       <c r="F111"/>
       <c r="G111" s="2">
-        <v>45397</v>
+        <v>45492</v>
+      </c>
+      <c r="H111"/>
+      <c r="I111" s="2">
+        <v>45362</v>
+      </c>
+      <c r="J111"/>
+      <c r="K111" s="2">
+        <v>45357</v>
+      </c>
+      <c r="L111"/>
+      <c r="M111" s="2">
+        <v>45356</v>
+      </c>
+      <c r="N111"/>
+      <c r="O111" s="2">
+        <v>45356</v>
+      </c>
+      <c r="P111"/>
+      <c r="Q111" s="2">
+        <v>45271</v>
+      </c>
+      <c r="R111"/>
+      <c r="S111" s="2">
+        <v>45121</v>
+      </c>
+      <c r="T111"/>
+      <c r="U111" s="2">
+        <v>45096</v>
+      </c>
+      <c r="V111"/>
+      <c r="W111" s="2">
+        <v>45005</v>
+      </c>
+      <c r="X111"/>
+      <c r="Y111" s="2">
+        <v>44952</v>
+      </c>
+      <c r="Z111"/>
+      <c r="AA111" s="2">
+        <v>44890</v>
+      </c>
+      <c r="AB111"/>
+      <c r="AC111" s="2">
+        <v>44887</v>
+      </c>
+      <c r="AD111"/>
+      <c r="AE111" s="2">
+        <v>44845</v>
+      </c>
+      <c r="AF111"/>
+      <c r="AG111" s="2">
+        <v>44784</v>
+      </c>
+      <c r="AH111"/>
+      <c r="AI111" s="2">
+        <v>44783</v>
+      </c>
+      <c r="AJ111"/>
+      <c r="AK111" s="2">
+        <v>44578</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
-        <v>2429</v>
+        <v>2496</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Fornitura di cancelleria e toner, cartucce a getto di inchiostro, materiale di consumo accessorio per le amministrazioni aventi sede sul territorio della Regione Lazio</t>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all’affidamento del servizio di trasporto e consegna sangue, emocomponenti, cellule staminali, campioni biologici e materiali per prelievo destinato agli Enti del Servizio Sanitario della Regione Lazio.&amp;nbsp;&amp;nbsp;</t>
         </is>
       </c>
       <c r="C112" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D112"/>
       <c r="E112" s="2">
-        <v>44993</v>
-[...11 lines deleted...]
-        <v>44673</v>
+        <v>45589</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
-        <v>2420</v>
+        <v>2475</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Servizi di Vigilanza Armata presso le sedi dei Centri per l’Impiego (CPI), gli Sportelli Agricoli di Zona (SAZ) e gli Sportelli Territoriali del Turismo (STT) siti nella Regione Lazio con esclusione del territorio del Comune di Roma e dei servizi di Vigilanza Armata e Guardiania presso le sedi del Policlinico Umberto I</t>
+          <t>Procedura aperta finalizzata alla stipula di una Convenzione per l'affidamento del servizio di noleggio a lungo termine, senza&amp;nbsp;conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della&amp;nbsp;Giunta Regionale, degli Enti Dipendenti e delle Società Partecipate della Regione Lazio - Edizione 2
+</t>
         </is>
       </c>
       <c r="C113" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D113"/>
       <c r="E113" s="2">
-        <v>45681</v>
+        <v>45054</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>2402</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>2464</v>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per l'affidamento del servizio di Vigilanza Armata e Guardiania presso le sedi delle Aziende Sanitarie della Regione Lazio, suddivisa in 26 Lotti</t>
+        </is>
       </c>
       <c r="C114" t="s">
         <v>135</v>
       </c>
       <c r="D114"/>
       <c r="E114" s="2">
-        <v>44466</v>
+        <v>45841</v>
+      </c>
+      <c r="F114"/>
+      <c r="G114" s="2">
+        <v>45492</v>
+      </c>
+      <c r="H114"/>
+      <c r="I114" s="2">
+        <v>45362</v>
+      </c>
+      <c r="J114"/>
+      <c r="K114" s="2">
+        <v>45140</v>
+      </c>
+      <c r="L114"/>
+      <c r="M114" s="2">
+        <v>45140</v>
+      </c>
+      <c r="N114"/>
+      <c r="O114" s="2">
+        <v>44806</v>
+      </c>
+      <c r="P114"/>
+      <c r="Q114" s="2">
+        <v>44581</v>
+      </c>
+      <c r="R114"/>
+      <c r="S114" s="2">
+        <v>44518</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
-        <v>2392</v>
+        <v>2461</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Lavori di riqualificazione ambientale dell’area in Comune di Castel Gandolfo (RM) occupato dalla torre di arrivo e dalle tribune per le gare della canoa realizzate per le olimpiadi di Roma 1960.
+          <t>GARA COMUNITARIA CENTRALIZZATA A PROCEDURA APERTA PER L'ACQUISIZIONE DI DOTAZIONI INFORMATICHE "NOTEBOOK E ACCESSORI" PER LA GIUNTA REGIONALE E ALTRI ENTI DELLA REGIONE LAZIO. ACCORDO QUADRO NOTEBOOK ED. 1 Determinazione di indizione gara, approvazione atti e nomina del Responsabile Unico del Procedimento. CIG: LOTTO 1 - 8920621952, LOTTO 2 - 8920724E50, LOTTO 3 - 8920743DFE, LOTTO 4 - 89207682A3, LOTTO 5 - 8920788324.
 </t>
         </is>
       </c>
       <c r="C115" t="s">
         <v>136</v>
       </c>
-      <c r="D115"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>2366</v>
+        <v>2444</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8195854.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di dispositivi per emodinamica (esclusi stent) da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Numero gara n. 8290914.</t>
         </is>
       </c>
       <c r="C116" t="s">
         <v>137</v>
       </c>
       <c r="D116"/>
       <c r="E116" s="2">
-        <v>45475</v>
+        <v>45880</v>
       </c>
       <c r="F116"/>
       <c r="G116" s="2">
-        <v>44979</v>
+        <v>45721</v>
       </c>
       <c r="H116"/>
       <c r="I116" s="2">
-        <v>44806</v>
+        <v>45721</v>
       </c>
       <c r="J116"/>
       <c r="K116" s="2">
-        <v>44448</v>
+        <v>45590</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" s="2">
+        <v>45492</v>
+      </c>
+      <c r="N116"/>
+      <c r="O116" s="2">
+        <v>45362</v>
+      </c>
+      <c r="P116"/>
+      <c r="Q116" s="2">
+        <v>45357</v>
+      </c>
+      <c r="R116"/>
+      <c r="S116" s="2">
+        <v>45114</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
-        <v>2364</v>
+        <v>2442</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Convenzioni Quadro per l'acquisizione e distribuzione di Ausili per incontinenti per le esigenze delle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Interventi di cui all'Ordinanza del Capo Dipartimento di Protezione Civile n. 558 del 15 novembre 2018. Intervento codice 631 denominato "Risagomatura scogliere - Completamento interventi di manutenzione delle opere di difesa costiera di Ostia Centro e Ponente e ripascimento ricostruttivo". Determinazione a contrarre. CUP F87H21001490001- CIG 896703468B</t>
         </is>
       </c>
       <c r="C117" t="s">
         <v>138</v>
       </c>
       <c r="D117"/>
       <c r="E117" s="2">
-        <v>45960</v>
+        <v>45553</v>
       </c>
       <c r="F117"/>
       <c r="G117" s="2">
-        <v>45937</v>
+        <v>45553</v>
       </c>
       <c r="H117"/>
       <c r="I117" s="2">
-        <v>45876</v>
+        <v>45553</v>
       </c>
       <c r="J117"/>
       <c r="K117" s="2">
-        <v>45831</v>
+        <v>45553</v>
       </c>
       <c r="L117"/>
       <c r="M117" s="2">
-        <v>45747</v>
+        <v>45553</v>
       </c>
       <c r="N117"/>
       <c r="O117" s="2">
-        <v>45692</v>
-[...47 lines deleted...]
-        <v>45055</v>
+        <v>45553</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
-        <v>2359</v>
+        <v>2437</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Contratto di servizio per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, sottoscritto tra la Regione Lazio e la Laziomar S.p.A. in data 15/01/2014. Approvazione del nuovo programma d'esercizio e Approvazione schema di Atto Aggiuntivo per il periodo 01.06.2021 - 31.05.2022.
-</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
         </is>
       </c>
       <c r="C118" t="s">
         <v>139</v>
       </c>
       <c r="D118"/>
       <c r="E118" s="2">
-        <v>44357</v>
+        <v>45875</v>
+      </c>
+      <c r="F118"/>
+      <c r="G118" s="2">
+        <v>45589</v>
+      </c>
+      <c r="H118"/>
+      <c r="I118" s="2">
+        <v>44504</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
-        <v>2357</v>
-[...5 lines deleted...]
-        </is>
+        <v>2435</v>
+      </c>
+      <c r="B119" t="s">
+        <v>140</v>
       </c>
       <c r="C119" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D119"/>
       <c r="E119" s="2">
-        <v>45327</v>
+        <v>45421</v>
       </c>
       <c r="F119"/>
       <c r="G119" s="2">
-        <v>45069</v>
-[...11 lines deleted...]
-        <v>44673</v>
+        <v>45397</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
-        <v>2356</v>
+        <v>2429</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie della Regione Lazio. Numero Gara 8179103
-</t>
+          <t>Fornitura di cancelleria e toner, cartucce a getto di inchiostro, materiale di consumo accessorio per le amministrazioni aventi sede sul territorio della Regione Lazio</t>
         </is>
       </c>
       <c r="C120" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D120"/>
       <c r="E120" s="2">
-        <v>44456</v>
+        <v>44993</v>
+      </c>
+      <c r="F120"/>
+      <c r="G120" s="2">
+        <v>44993</v>
+      </c>
+      <c r="H120"/>
+      <c r="I120" s="2">
+        <v>44972</v>
+      </c>
+      <c r="J120"/>
+      <c r="K120" s="2">
+        <v>44673</v>
       </c>
     </row>
     <row r="121">
       <c r="A121">
-        <v>2354</v>
+        <v>2420</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>Gestione del servizio di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie Regionali Roma-Lido, Roma-Viterbo e Roma-Giardinetti. Presa d’atto del servizio svolto da ATAC S.p.A., in regime di proroga del Contratto di servizio relativo al biennio 2017-2019, nelle more del perfezionamento del subentro delle società regionali in house COTRAL S.p.A. e ASTRAL S.p.A. in attuazione delle DGR 688/2019, 288/2020 e 926/2020.
-</t>
+          <t>Servizi di Vigilanza Armata presso le sedi dei Centri per l’Impiego (CPI), gli Sportelli Agricoli di Zona (SAZ) e gli Sportelli Territoriali del Turismo (STT) siti nella Regione Lazio con esclusione del territorio del Comune di Roma e dei servizi di Vigilanza Armata e Guardiania presso le sedi del Policlinico Umberto I</t>
         </is>
       </c>
       <c r="C121" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D121"/>
       <c r="E121" s="2">
-        <v>44357</v>
-[...7 lines deleted...]
-        <v>44357</v>
+        <v>45681</v>
       </c>
     </row>
     <row r="122">
       <c r="A122">
-        <v>2347</v>
-[...5 lines deleted...]
-        </is>
+        <v>2402</v>
+      </c>
+      <c r="B122" t="s">
+        <v>144</v>
       </c>
       <c r="C122" t="s">
-        <v>143</v>
+        <v>145</v>
+      </c>
+      <c r="D122"/>
+      <c r="E122" s="2">
+        <v>44466</v>
       </c>
     </row>
     <row r="123">
       <c r="A123">
-        <v>2335</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>2392</v>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Lavori di riqualificazione ambientale dell’area in Comune di Castel Gandolfo (RM) occupato dalla torre di arrivo e dalle tribune per le gare della canoa realizzate per le olimpiadi di Roma 1960.
+</t>
+        </is>
       </c>
       <c r="C123" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D123"/>
       <c r="E123" s="2">
-        <v>45254</v>
-[...7 lines deleted...]
-        <v>44936</v>
+        <v>44452</v>
       </c>
     </row>
     <row r="124">
       <c r="A124">
-        <v>2334</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>2366</v>
+      </c>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8195854.</t>
+        </is>
       </c>
       <c r="C124" t="s">
         <v>147</v>
       </c>
       <c r="D124"/>
       <c r="E124" s="2">
-        <v>44386</v>
+        <v>45475</v>
+      </c>
+      <c r="F124"/>
+      <c r="G124" s="2">
+        <v>44979</v>
+      </c>
+      <c r="H124"/>
+      <c r="I124" s="2">
+        <v>44806</v>
+      </c>
+      <c r="J124"/>
+      <c r="K124" s="2">
+        <v>44448</v>
       </c>
     </row>
     <row r="125">
       <c r="A125">
-        <v>2330</v>
+        <v>2364</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2021/2022 - seconda tranche - occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8119940 
-</t>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Convenzioni Quadro per l'acquisizione e distribuzione di Ausili per incontinenti per le esigenze delle Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C125" t="s">
         <v>148</v>
       </c>
       <c r="D125"/>
       <c r="E125" s="2">
-        <v>44522</v>
+        <v>46010</v>
+      </c>
+      <c r="F125"/>
+      <c r="G125" s="2">
+        <v>45960</v>
+      </c>
+      <c r="H125"/>
+      <c r="I125" s="2">
+        <v>45937</v>
+      </c>
+      <c r="J125"/>
+      <c r="K125" s="2">
+        <v>45876</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" s="2">
+        <v>45831</v>
+      </c>
+      <c r="N125"/>
+      <c r="O125" s="2">
+        <v>45747</v>
+      </c>
+      <c r="P125"/>
+      <c r="Q125" s="2">
+        <v>45692</v>
+      </c>
+      <c r="R125"/>
+      <c r="S125" s="2">
+        <v>45611</v>
+      </c>
+      <c r="T125"/>
+      <c r="U125" s="2">
+        <v>45569</v>
+      </c>
+      <c r="V125"/>
+      <c r="W125" s="2">
+        <v>45537</v>
+      </c>
+      <c r="X125"/>
+      <c r="Y125" s="2">
+        <v>45443</v>
+      </c>
+      <c r="Z125"/>
+      <c r="AA125" s="2">
+        <v>45320</v>
+      </c>
+      <c r="AB125"/>
+      <c r="AC125" s="2">
+        <v>45280</v>
+      </c>
+      <c r="AD125"/>
+      <c r="AE125" s="2">
+        <v>45222</v>
+      </c>
+      <c r="AF125"/>
+      <c r="AG125" s="2">
+        <v>45142</v>
+      </c>
+      <c r="AH125"/>
+      <c r="AI125" s="2">
+        <v>45135</v>
+      </c>
+      <c r="AJ125"/>
+      <c r="AK125" s="2">
+        <v>45065</v>
+      </c>
+      <c r="AL125"/>
+      <c r="AM125" s="2">
+        <v>45056</v>
+      </c>
+      <c r="AN125"/>
+      <c r="AO125" s="2">
+        <v>45055</v>
       </c>
     </row>
     <row r="126">
       <c r="A126">
-        <v>2329</v>
+        <v>2359</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. “Sistemazione di un’area ricreativa a Marconi e Parco Tevere Magliana – 2 stralcio”. Nomina di responsabile unico del procedimento (R.U.P.) dell’Ing. Antonio Battaglino ai sensi dell'art. 31 del D.lgs. n. 50/2016&amp;nbsp;CUP: F83B19000300002
+          <t>Contratto di servizio per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, sottoscritto tra la Regione Lazio e la Laziomar S.p.A. in data 15/01/2014. Approvazione del nuovo programma d'esercizio e Approvazione schema di Atto Aggiuntivo per il periodo 01.06.2021 - 31.05.2022.
 </t>
         </is>
       </c>
       <c r="C126" t="s">
         <v>149</v>
       </c>
-      <c r="D126" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D126"/>
       <c r="E126" s="2">
-        <v>44183</v>
+        <v>44357</v>
       </c>
     </row>
     <row r="127">
       <c r="A127">
-        <v>2314</v>
+        <v>2357</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di prodotti nutrizionali da somministrare per via enterale e/o os e latti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8183575
+</t>
         </is>
       </c>
       <c r="C127" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D127"/>
       <c r="E127" s="2">
-        <v>45804</v>
+        <v>45327</v>
       </c>
       <c r="F127"/>
       <c r="G127" s="2">
-        <v>45279</v>
+        <v>45069</v>
       </c>
       <c r="H127"/>
       <c r="I127" s="2">
-        <v>44991</v>
+        <v>45012</v>
       </c>
       <c r="J127"/>
       <c r="K127" s="2">
-        <v>44967</v>
+        <v>44981</v>
       </c>
       <c r="L127"/>
       <c r="M127" s="2">
-        <v>44944</v>
-[...2 lines deleted...]
-      <c r="O127" s="2">
         <v>44673</v>
-      </c>
-[...4 lines deleted...]
-        <v>44286</v>
       </c>
     </row>
     <row r="128">
       <c r="A128">
-        <v>2300</v>
+        <v>2356</v>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di progettazione definitiva ed esecutiva degli arredi ed attrezzature sanitarie, relativi all'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018, allo studio Valle 3.0 S.R.L. CUP F78I18000070008 - CIG 863651232A
+          <t>Gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie della Regione Lazio. Numero Gara 8179103
 </t>
         </is>
       </c>
       <c r="C128" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="D128"/>
       <c r="E128" s="2">
-        <v>44734</v>
+        <v>44456</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
-        <v>2283</v>
+        <v>2354</v>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus" Interreg Europe 2014-2020. CUP F89J16001960007. II FASE Convenzione - Conferma impegno 23.450,00€</t>
+          <t>Gestione del servizio di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie Regionali Roma-Lido, Roma-Viterbo e Roma-Giardinetti. Presa d’atto del servizio svolto da ATAC S.p.A., in regime di proroga del Contratto di servizio relativo al biennio 2017-2019, nelle more del perfezionamento del subentro delle società regionali in house COTRAL S.p.A. e ASTRAL S.p.A. in attuazione delle DGR 688/2019, 288/2020 e 926/2020.
+</t>
         </is>
       </c>
       <c r="C129" t="s">
-        <v>154</v>
-[...3 lines deleted...]
-      </c>
+        <v>152</v>
+      </c>
+      <c r="D129"/>
       <c r="E129" s="2">
-        <v>44224</v>
+        <v>44357</v>
+      </c>
+      <c r="F129"/>
+      <c r="G129" s="2">
+        <v>44357</v>
+      </c>
+      <c r="H129"/>
+      <c r="I129" s="2">
+        <v>44357</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
-        <v>2282</v>
+        <v>2347</v>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus"- Interreg Europe 2014-2020. CUP F89J16001960007. I FASE Convenzione Lazio Innova 93.800,00€</t>
+          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
+</t>
         </is>
       </c>
       <c r="C130" t="s">
-        <v>156</v>
-[...5 lines deleted...]
-        <v>44224</v>
+        <v>153</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
-        <v>2281</v>
-[...4 lines deleted...]
-        </is>
+        <v>2335</v>
+      </c>
+      <c r="B131" t="s">
+        <v>154</v>
       </c>
       <c r="C131" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>155</v>
+      </c>
+      <c r="D131"/>
       <c r="E131" s="2">
-        <v>44224</v>
+        <v>45254</v>
+      </c>
+      <c r="F131"/>
+      <c r="G131" s="2">
+        <v>44936</v>
+      </c>
+      <c r="H131"/>
+      <c r="I131" s="2">
+        <v>44936</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
-        <v>2274</v>
-[...4 lines deleted...]
-        </is>
+        <v>2334</v>
+      </c>
+      <c r="B132" t="s">
+        <v>156</v>
       </c>
       <c r="C132" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D132"/>
       <c r="E132" s="2">
-        <v>45820</v>
-[...7 lines deleted...]
-        <v>45817</v>
+        <v>44386</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
-        <v>2273</v>
+        <v>2330</v>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle aziende sanitarie della Regione Lazio. Provvedimento di indizione e approvazione atti.
+          <t>Appalto specifico per l'acquisizione di Vaccini antinfluenzali 2021/2022 - seconda tranche - occorrenti alle Aziende Sanitarie della Regione Lazio, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alle AA.SS. della Regione Lazio e di altri soggetti aggregatori - Determina a contrarre. Approvazione schemi, atti e indizione gara. Numero Gara 8119940 
 </t>
         </is>
       </c>
       <c r="C133" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="D133"/>
       <c r="E133" s="2">
-        <v>45216</v>
-[...3 lines deleted...]
-        <v>45202</v>
+        <v>44522</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
-        <v>2251</v>
+        <v>2329</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Approvazione dello schema di "Accordo attuativo della convenzione tra Ministero delle Infrastrutture e dei Trasporti e Regione Lazio del 3/04/2020 per la fornitura di n. 7 treni (elettrici) denominati jazz base". Piano Operativo Infrastrutture - Asse Tematico F "Rinnovo materiale trasporto pubblico locale - Piano sicurezza ferroviaria". Piano nazionale per il rinnovo del materiale rotabile ferroviario. Delibera CIPE n. 25 del 10.08.2016 e Delibera CIPE n. 54 del 01.12.2016. </t>
+          <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. “Sistemazione di un’area ricreativa a Marconi e Parco Tevere Magliana – 2 stralcio”. Nomina di responsabile unico del procedimento (R.U.P.) dell’Ing. Antonio Battaglino ai sensi dell'art. 31 del D.lgs. n. 50/2016&amp;nbsp;CUP: F83B19000300002
+</t>
         </is>
       </c>
       <c r="C134" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D134" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="E134" s="2">
-        <v>44210</v>
+        <v>44183</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
-        <v>2220</v>
+        <v>2314</v>
       </c>
       <c r="B135" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+          <t>Procedura aperta, suddivisa in 6 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e di trasloco, destinati alle Amministrazioni del territorio della Regione Lazio.</t>
         </is>
       </c>
       <c r="C135" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="D135"/>
       <c r="E135" s="2">
-        <v>45811</v>
+        <v>45804</v>
       </c>
       <c r="F135"/>
       <c r="G135" s="2">
-        <v>45744</v>
+        <v>45279</v>
       </c>
       <c r="H135"/>
       <c r="I135" s="2">
-        <v>45705</v>
+        <v>44991</v>
       </c>
       <c r="J135"/>
       <c r="K135" s="2">
-        <v>45660</v>
+        <v>44967</v>
       </c>
       <c r="L135"/>
       <c r="M135" s="2">
-        <v>45582</v>
+        <v>44944</v>
       </c>
       <c r="N135"/>
       <c r="O135" s="2">
-        <v>45566</v>
-[...1 lines deleted...]
-      <c r="P135"/>
+        <v>44673</v>
+      </c>
+      <c r="P135" t="s">
+        <v>162</v>
+      </c>
       <c r="Q135" s="2">
-        <v>45566</v>
-[...27 lines deleted...]
-        <v>44734</v>
+        <v>44286</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
-        <v>2218</v>
+        <v>2300</v>
       </c>
       <c r="B136" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, ai sensi dell'art. 60 del D. Lgs. N° 50/2016 e s.m.i., per l'affidamento di un Accordo Quadro, ai sensi e per gli effetti dell'art. 54 comma 4, lett. a) del d. lgs. n. 50/2016, avente ad oggetto la fornitura di suture chirurgiche tradizionali occorrenti alle Aziende Sani-tarie della Regione Lazio. Determinazione a contrarre, provvedimento di indizione e approvazione atti di gara e nomina del Responsabile Unico del Procedimento. N.ro Gara 7982276</t>
+          <t>Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio di progettazione definitiva ed esecutiva degli arredi ed attrezzature sanitarie, relativi all'intervento di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018, allo studio Valle 3.0 S.R.L. CUP F78I18000070008 - CIG 863651232A
+</t>
         </is>
       </c>
       <c r="C136" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D136"/>
       <c r="E136" s="2">
-        <v>45589</v>
+        <v>44734</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
-        <v>2212</v>
+        <v>2283</v>
       </c>
       <c r="B137" t="inlineStr">
         <is>
-          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio, della Regione Calabria e della Regione Sardegna – Farmaci 2020_quarta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Nr. Gara 7970854.
-</t>
+          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus" Interreg Europe 2014-2020. CUP F89J16001960007. II FASE Convenzione - Conferma impegno 23.450,00€</t>
         </is>
       </c>
       <c r="C137" t="s">
+        <v>164</v>
+      </c>
+      <c r="D137" t="s">
         <v>165</v>
       </c>
-      <c r="D137"/>
       <c r="E137" s="2">
-        <v>44495</v>
-[...11 lines deleted...]
-        <v>44286</v>
+        <v>44224</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
-        <v>2196</v>
+        <v>2282</v>
       </c>
       <c r="B138" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del d. lgs. n 50/2016 e s.m.i., finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle Aziende Sanitarie della Regione Lazio.
-</t>
+          <t>Affidamento a Lazio Innova S.p.A. della realizzazione di specifici interventi finalizzati alla implementazione del progetto comunitario "Prometeus"- Interreg Europe 2014-2020. CUP F89J16001960007. I FASE Convenzione Lazio Innova 93.800,00€</t>
         </is>
       </c>
       <c r="C138" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="D138"/>
+        <v>166</v>
+      </c>
+      <c r="D138" t="s">
+        <v>165</v>
+      </c>
       <c r="E138" s="2">
-        <v>45271</v>
-[...7 lines deleted...]
-        <v>45202</v>
+        <v>44224</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
-        <v>2177</v>
+        <v>2281</v>
       </c>
       <c r="B139" t="inlineStr">
         <is>
-          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Nomina gruppo di supporto al RUP. CUP: F78I18000070008.</t>
+          <t>Progetto Comunitario "SMART HY-AWARE - Smart solutions for HYdrogen potential AWAReness Enhancing" - Programma Interreg Europe 2014-2020 - Obiettivo Specifico 3.1. PGI05931 - CUP F82G18000150007. Affidamento a Lazio Innova S.p.A. della realizzazione di attività finalizzate al perseguimento di obiettivi aventi carattere generale nell'ambito del Progetto. Approvazione Schema di Convenzione contenente le modalità di realizzazione ed esecuzione delle attività richieste. Impegno di spesa complessivo euro 68.867,00 sui capitoli A33230 (quota FESR euro 58.536,95) e A33231 (quota nazionale euro 10.330,05) in favore di Lazio Innova S.p.A. (codice creditore 59621). Es. fin. 2020 e pluriennale 2021. Piano dei conti finanziario fino al IV livello 1.04.03.01.</t>
         </is>
       </c>
       <c r="C139" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D139" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="E139" s="2">
-        <v>44144</v>
+        <v>44224</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
-        <v>2174</v>
+        <v>2274</v>
       </c>
       <c r="B140" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del D. Lgs. n° 50/2016 e s.m.i., per l'acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza occorrente alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla fornitura di ausili tecnici standard per disabili di cui al dpcm del 12 gennaio 2017 (gu n.65 del 18/03/2017) e servizi connessi, occorrenti alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
         </is>
       </c>
       <c r="C140" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="D140"/>
       <c r="E140" s="2">
-        <v>45764</v>
+        <v>45820</v>
       </c>
       <c r="F140"/>
       <c r="G140" s="2">
-        <v>45764</v>
+        <v>45817</v>
+      </c>
+      <c r="H140"/>
+      <c r="I140" s="2">
+        <v>45817</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
-        <v>2173</v>
+        <v>2273</v>
       </c>
       <c r="B141" t="inlineStr">
         <is>
-          <t>Aggiornamento VAS e sintesi non tecnica per la redazione del Piano dei Porti della Regione Lazio. Affidamento incarico a Interprogetti S.r.l. - società di ingegneria sul cap. T94666 es. fin. 2020, n. impegno63360/2020.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 8 lotti, finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle aziende sanitarie della Regione Lazio. Provvedimento di indizione e approvazione atti.
+</t>
         </is>
       </c>
       <c r="C141" t="s">
-        <v>172</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="D141"/>
       <c r="E141" s="2">
-        <v>44139</v>
+        <v>45216</v>
+      </c>
+      <c r="F141"/>
+      <c r="G141" s="2">
+        <v>45202</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
-        <v>2154</v>
+        <v>2251</v>
       </c>
       <c r="B142" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione del vaccino pneumococcico polisaccaridico e di farmaci vari occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 7905737.
-</t>
+          <t>Approvazione dello schema di "Accordo attuativo della convenzione tra Ministero delle Infrastrutture e dei Trasporti e Regione Lazio del 3/04/2020 per la fornitura di n. 7 treni (elettrici) denominati jazz base". Piano Operativo Infrastrutture - Asse Tematico F "Rinnovo materiale trasporto pubblico locale - Piano sicurezza ferroviaria". Piano nazionale per il rinnovo del materiale rotabile ferroviario. Delibera CIPE n. 25 del 10.08.2016 e Delibera CIPE n. 54 del 01.12.2016. </t>
         </is>
       </c>
       <c r="C142" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D142"/>
+        <v>171</v>
+      </c>
+      <c r="D142" t="s">
+        <v>172</v>
+      </c>
       <c r="E142" s="2">
-        <v>44637</v>
+        <v>44210</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
-        <v>2153</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>2220</v>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
       </c>
       <c r="C143" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="D143"/>
       <c r="E143" s="2">
-        <v>45492</v>
+        <v>45811</v>
       </c>
       <c r="F143"/>
       <c r="G143" s="2">
-        <v>45362</v>
+        <v>45744</v>
       </c>
       <c r="H143"/>
       <c r="I143" s="2">
-        <v>45357</v>
+        <v>45705</v>
       </c>
       <c r="J143"/>
       <c r="K143" s="2">
-        <v>44634</v>
-[...3 lines deleted...]
-      </c>
+        <v>45660</v>
+      </c>
+      <c r="L143"/>
       <c r="M143" s="2">
-        <v>44161</v>
+        <v>45582</v>
+      </c>
+      <c r="N143"/>
+      <c r="O143" s="2">
+        <v>45566</v>
+      </c>
+      <c r="P143"/>
+      <c r="Q143" s="2">
+        <v>45566</v>
+      </c>
+      <c r="R143"/>
+      <c r="S143" s="2">
+        <v>45523</v>
+      </c>
+      <c r="T143"/>
+      <c r="U143" s="2">
+        <v>45523</v>
+      </c>
+      <c r="V143"/>
+      <c r="W143" s="2">
+        <v>45523</v>
+      </c>
+      <c r="X143"/>
+      <c r="Y143" s="2">
+        <v>45511</v>
+      </c>
+      <c r="Z143"/>
+      <c r="AA143" s="2">
+        <v>45511</v>
+      </c>
+      <c r="AB143"/>
+      <c r="AC143" s="2">
+        <v>45511</v>
+      </c>
+      <c r="AD143"/>
+      <c r="AE143" s="2">
+        <v>44734</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
-        <v>2151</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>2218</v>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell'art. 60 del D. Lgs. N° 50/2016 e s.m.i., per l'affidamento di un Accordo Quadro, ai sensi e per gli effetti dell'art. 54 comma 4, lett. a) del d. lgs. n. 50/2016, avente ad oggetto la fornitura di suture chirurgiche tradizionali occorrenti alle Aziende Sani-tarie della Regione Lazio. Determinazione a contrarre, provvedimento di indizione e approvazione atti di gara e nomina del Responsabile Unico del Procedimento. N.ro Gara 7982276</t>
+        </is>
       </c>
       <c r="C144" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="D144"/>
       <c r="E144" s="2">
-        <v>45362</v>
-[...35 lines deleted...]
-        <v>44642</v>
+        <v>45589</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
-        <v>2137</v>
+        <v>2212</v>
       </c>
       <c r="B145" t="inlineStr">
         <is>
-          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di gara, ai sensi dell’art. 63, comma 2, lett. c) e 163 del D.Lgs. 50/2016, finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell’emergenza sanitaria COVID-19-2</t>
+          <t>Appalto specifico per l’acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio, della Regione Calabria e della Regione Sardegna – Farmaci 2020_quarta tranche, nell’ambito del bando istitutivo avente ad oggetto il Sistema Dinamico di Acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori - Nr. Gara 7970854.
+</t>
         </is>
       </c>
       <c r="C145" t="s">
-        <v>180</v>
-[...3 lines deleted...]
-      </c>
+        <v>175</v>
+      </c>
+      <c r="D145"/>
       <c r="E145" s="2">
-        <v>44133</v>
+        <v>44495</v>
       </c>
       <c r="F145" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="G145" s="2">
-        <v>44138</v>
+        <v>44274</v>
       </c>
       <c r="H145" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="I145" s="2">
-        <v>44148</v>
+        <v>44286</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
-        <v>2130</v>
+        <v>2196</v>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di ricondizionamento e riutilizzo degli ausili per disabili per le ASL Regione Lazio.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del d. lgs. n 50/2016 e s.m.i., finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle Aziende Sanitarie della Regione Lazio.
+</t>
         </is>
       </c>
       <c r="C146" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="D146"/>
       <c r="E146" s="2">
-        <v>45782</v>
+        <v>45271</v>
       </c>
       <c r="F146"/>
       <c r="G146" s="2">
-        <v>45461</v>
+        <v>45216</v>
       </c>
       <c r="H146"/>
       <c r="I146" s="2">
-        <v>45362</v>
+        <v>45202</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
-        <v>2129</v>
+        <v>2177</v>
       </c>
       <c r="B147" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata, a procedura aperta, finalizzata alla fornitura di sistemi per emodialisi, dialisi peritoneale, cateteri per dialisi, attrezzature e materiale di consumo per le Aziende Sanitarie della Regione Lazio
-</t>
+          <t>Lavori per la ricostruzione dell'ospedale di Amatrice di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Codice Opera: OOPP_M_002_2017. Nomina gruppo di supporto al RUP. CUP: F78I18000070008.</t>
         </is>
       </c>
       <c r="C147" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="D147"/>
+        <v>179</v>
+      </c>
+      <c r="D147" t="s">
+        <v>180</v>
+      </c>
       <c r="E147" s="2">
-        <v>45287</v>
-[...7 lines deleted...]
-        <v>45107</v>
+        <v>44144</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
-        <v>2128</v>
+        <v>2174</v>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del D. Lgs. n° 50/2016 e s.m.i., per l'acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza occorrente alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C148" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="D148"/>
       <c r="E148" s="2">
-        <v>45475</v>
+        <v>45764</v>
+      </c>
+      <c r="F148"/>
+      <c r="G148" s="2">
+        <v>45764</v>
       </c>
     </row>
     <row r="149">
       <c r="A149">
-        <v>2118</v>
+        <v>2173</v>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>Affidamento del "Servizio di manutenzione impianti degli immobili in uso a qualsiasi titolo alle Strutture della Giunta Regionale, agli Enti Dipendenti della Regione Lazio, alle Società Partecipate, agli Enti Locali territoriali ed alle Amministrazioni pubbliche aventi sede nel territorio della Regione Lazio". Procedura suddivisa in 4 lotti.</t>
+          <t>Aggiornamento VAS e sintesi non tecnica per la redazione del Piano dei Porti della Regione Lazio. Affidamento incarico a Interprogetti S.r.l. - società di ingegneria sul cap. T94666 es. fin. 2020, n. impegno63360/2020.</t>
         </is>
       </c>
       <c r="C149" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D149"/>
+        <v>182</v>
+      </c>
+      <c r="D149" t="s">
+        <v>183</v>
+      </c>
       <c r="E149" s="2">
-        <v>45804</v>
-[...15 lines deleted...]
-        <v>44635</v>
+        <v>44139</v>
       </c>
     </row>
     <row r="150">
       <c r="A150">
-        <v>2114</v>
+        <v>2154</v>
       </c>
       <c r="B150" t="inlineStr">
         <is>
-          <t>Procedura aperta, suddivisa in 2 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi «a monte» del recapito, destinati alle Amministrazioni del territorio della Regione Lazio. Indizione ed approvazione degli atti e documenti di gara.
+          <t>Appalto specifico per l'acquisizione del vaccino pneumococcico polisaccaridico e di farmaci vari occorrenti alle Aziende sanitarie delle Regioni Lazio e Calabria, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio e di altri soggetti aggregatori. Nr. Gara 7905737.
 </t>
         </is>
       </c>
       <c r="C150" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="D150"/>
       <c r="E150" s="2">
-        <v>45174</v>
-[...11 lines deleted...]
-        <v>44209</v>
+        <v>44637</v>
       </c>
     </row>
     <row r="151">
       <c r="A151">
-        <v>2105</v>
-[...4 lines deleted...]
-        </is>
+        <v>2153</v>
+      </c>
+      <c r="B151" t="s">
+        <v>185</v>
       </c>
       <c r="C151" t="s">
-        <v>189</v>
-[...3 lines deleted...]
-      </c>
+        <v>186</v>
+      </c>
+      <c r="D151"/>
       <c r="E151" s="2">
-        <v>44295</v>
+        <v>45492</v>
+      </c>
+      <c r="F151"/>
+      <c r="G151" s="2">
+        <v>45362</v>
+      </c>
+      <c r="H151"/>
+      <c r="I151" s="2">
+        <v>45357</v>
+      </c>
+      <c r="J151"/>
+      <c r="K151" s="2">
+        <v>44634</v>
+      </c>
+      <c r="L151" t="s">
+        <v>187</v>
+      </c>
+      <c r="M151" s="2">
+        <v>44161</v>
       </c>
     </row>
     <row r="152">
       <c r="A152">
-        <v>2082</v>
-[...5 lines deleted...]
-        </is>
+        <v>2151</v>
+      </c>
+      <c r="B152" t="s" s="3">
+        <v>188</v>
       </c>
       <c r="C152" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="D152"/>
       <c r="E152" s="2">
-        <v>44487</v>
+        <v>45362</v>
       </c>
       <c r="F152"/>
       <c r="G152" s="2">
-        <v>44481</v>
+        <v>45362</v>
+      </c>
+      <c r="H152"/>
+      <c r="I152" s="2">
+        <v>45316</v>
+      </c>
+      <c r="J152"/>
+      <c r="K152" s="2">
+        <v>45316</v>
+      </c>
+      <c r="L152"/>
+      <c r="M152" s="2">
+        <v>45316</v>
+      </c>
+      <c r="N152"/>
+      <c r="O152" s="2">
+        <v>45265</v>
+      </c>
+      <c r="P152"/>
+      <c r="Q152" s="2">
+        <v>45224</v>
+      </c>
+      <c r="R152"/>
+      <c r="S152" s="2">
+        <v>44664</v>
+      </c>
+      <c r="T152"/>
+      <c r="U152" s="2">
+        <v>44642</v>
+      </c>
+      <c r="V152"/>
+      <c r="W152" s="2">
+        <v>44642</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
-        <v>2042</v>
+        <v>2137</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
-          <t>Aggiornamento elenco operatori economici per l'affidamento dei servizi di analisi e valutazione previsti dai Piani di Valutazione del POR FSE 2014-2020 e del POR FESR 2014-2020, ai sensi dell'art. 36 del d.lgs. 50/2016
-</t>
+          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di gara, ai sensi dell’art. 63, comma 2, lett. c) e 163 del D.Lgs. 50/2016, finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell’emergenza sanitaria COVID-19-2</t>
         </is>
       </c>
       <c r="C153" t="s">
+        <v>190</v>
+      </c>
+      <c r="D153" t="s">
+        <v>191</v>
+      </c>
+      <c r="E153" s="2">
+        <v>44133</v>
+      </c>
+      <c r="F153" t="s">
         <v>192</v>
       </c>
-      <c r="D153" t="s">
+      <c r="G153" s="2">
+        <v>44138</v>
+      </c>
+      <c r="H153" t="s">
         <v>193</v>
       </c>
-      <c r="E153" s="2">
-        <v>43920</v>
+      <c r="I153" s="2">
+        <v>44148</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
-        <v>2039</v>
+        <v>2130</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. LI-ES2- 2160151_ Intervento A0100E0070 presso la "presso "Scuola Elementare Gandhi", Via Corinaldo n. 41, Roma Capitale". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F87F17000000006 - CIG 8194600DD5.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di ricondizionamento e riutilizzo degli ausili per disabili per le ASL Regione Lazio.</t>
         </is>
       </c>
       <c r="C154" t="s">
         <v>194</v>
       </c>
-      <c r="D154" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D154"/>
       <c r="E154" s="2">
-        <v>43924</v>
-[...3 lines deleted...]
-      </c>
+        <v>45782</v>
+      </c>
+      <c r="F154"/>
       <c r="G154" s="2">
-        <v>43924</v>
-[...3 lines deleted...]
-      </c>
+        <v>45461</v>
+      </c>
+      <c r="H154"/>
       <c r="I154" s="2">
-        <v>43924</v>
+        <v>45362</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
-        <v>2021</v>
+        <v>2129</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Aggiornamento dello schema di Avviso pubblico per l’Istituzione dell’Elenco di Operatori Economici da consultare per l’acquisizione dei servizi di analisi e valutazione previsti dai Piani di Valutazione del POR FSE 2014-2020 e del POR FESR 2014-2020, di cui alla DE n. G10938/2016.</t>
+          <t>Gara comunitaria centralizzata, a procedura aperta, finalizzata alla fornitura di sistemi per emodialisi, dialisi peritoneale, cateteri per dialisi, attrezzature e materiale di consumo per le Aziende Sanitarie della Regione Lazio
+</t>
         </is>
       </c>
       <c r="C155" t="s">
-        <v>198</v>
-[...3 lines deleted...]
-      </c>
+        <v>195</v>
+      </c>
+      <c r="D155"/>
       <c r="E155" s="2">
-        <v>43859</v>
-[...3 lines deleted...]
-      </c>
+        <v>45287</v>
+      </c>
+      <c r="F155"/>
       <c r="G155" s="2">
-        <v>43859</v>
+        <v>45236</v>
+      </c>
+      <c r="H155"/>
+      <c r="I155" s="2">
+        <v>45107</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
-        <v>2017</v>
+        <v>2128</v>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 43 lotti, finalizzata alla conclusione di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, di ginocchio e di spalla per le AA.SS. e AA.OO. Regione Lazio.
-</t>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
         </is>
       </c>
       <c r="C156" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="D156"/>
       <c r="E156" s="2">
-        <v>45310</v>
-[...3 lines deleted...]
-        <v>45258</v>
+        <v>45475</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
-        <v>1996</v>
+        <v>2118</v>
       </c>
       <c r="B157" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'affidamento del multiservizio tecnologico di manutenzione degli impianti relativi agli immobili in uso alle aziende sanitarie della Regione Lazio (Policlinico Umberto I, San Camillo, INMI “Spallanzani”, IFO “Istituto Nazionale Tumori Regina Elena”)</t>
+          <t>Affidamento del "Servizio di manutenzione impianti degli immobili in uso a qualsiasi titolo alle Strutture della Giunta Regionale, agli Enti Dipendenti della Regione Lazio, alle Società Partecipate, agli Enti Locali territoriali ed alle Amministrazioni pubbliche aventi sede nel territorio della Regione Lazio". Procedura suddivisa in 4 lotti.</t>
         </is>
       </c>
       <c r="C157" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="D157"/>
       <c r="E157" s="2">
-        <v>45763</v>
+        <v>45804</v>
       </c>
       <c r="F157"/>
       <c r="G157" s="2">
-        <v>45338</v>
+        <v>44972</v>
       </c>
       <c r="H157"/>
       <c r="I157" s="2">
-        <v>44645</v>
+        <v>44966</v>
       </c>
       <c r="J157"/>
       <c r="K157" s="2">
-        <v>44637</v>
+        <v>44734</v>
       </c>
       <c r="L157"/>
       <c r="M157" s="2">
-        <v>44631</v>
+        <v>44635</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
-        <v>1976</v>
-[...2 lines deleted...]
-        <v>203</v>
+        <v>2114</v>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>Procedura aperta, suddivisa in 2 Lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi postali e servizi «a monte» del recapito, destinati alle Amministrazioni del territorio della Regione Lazio. Indizione ed approvazione degli atti e documenti di gara.
+</t>
+        </is>
       </c>
       <c r="C158" t="s">
-        <v>204</v>
+        <v>198</v>
       </c>
       <c r="D158"/>
       <c r="E158" s="2">
-        <v>44963</v>
+        <v>45174</v>
+      </c>
+      <c r="F158"/>
+      <c r="G158" s="2">
+        <v>44818</v>
+      </c>
+      <c r="H158"/>
+      <c r="I158" s="2">
+        <v>44805</v>
+      </c>
+      <c r="J158"/>
+      <c r="K158" s="2">
+        <v>44209</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
-        <v>1942</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>2105</v>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, e tramite procedura telematica, per l'affidamento dei lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 - CIG: 83810759E0 </t>
+        </is>
       </c>
       <c r="C159" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D159"/>
+        <v>199</v>
+      </c>
+      <c r="D159" t="s">
+        <v>200</v>
+      </c>
       <c r="E159" s="2">
-        <v>45492</v>
-[...31 lines deleted...]
-        <v>44572</v>
+        <v>44295</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
-        <v>1932</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>2082</v>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>Recepimento della Determinazione n. 400 del 21.10.2019 (lotti 13-14-20-23) - come rettificata dalla Determinazione n. 420 del 06.11.2019 - e della Determinazione n. 539 del 31.12.2019 (lotti 15-16-17-18-19-21-22-24) di INTERCENT-ER (Agenzia regionale di sviluppo dei mercati Telematici dell'Emilia Romagna) ad oggetto "Procedura aperta per la fornitura di defibrillatori impiantabili e pacemaker per le Regioni Emilia-Romagna e Lazio". 
+</t>
+        </is>
       </c>
       <c r="C160" t="s">
-        <v>208</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="D160"/>
       <c r="E160" s="2">
-        <v>43642</v>
+        <v>44487</v>
+      </c>
+      <c r="F160"/>
+      <c r="G160" s="2">
+        <v>44481</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
-        <v>1913</v>
-[...2 lines deleted...]
-        <v>210</v>
+        <v>2042</v>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>Aggiornamento elenco operatori economici per l'affidamento dei servizi di analisi e valutazione previsti dai Piani di Valutazione del POR FSE 2014-2020 e del POR FESR 2014-2020, ai sensi dell'art. 36 del d.lgs. 50/2016
+</t>
+        </is>
       </c>
       <c r="C161" t="s">
-        <v>211</v>
+        <v>202</v>
       </c>
       <c r="D161" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="E161" s="2">
-        <v>43587</v>
+        <v>43920</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
-        <v>1902</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>2039</v>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile – Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. LI-ES2- 2160151_ Intervento A0100E0070 presso la "presso "Scuola Elementare Gandhi", Via Corinaldo n. 41, Roma Capitale". Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno su Capitoli: A42200 - A42201 - A42202, Cod. creditore 3805, e A42134 - A42135 - A42136, Cod. 159683, E.F. 2019. CUP F87F17000000006 - CIG 8194600DD5.</t>
+        </is>
       </c>
       <c r="C162" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="D162" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
       <c r="E162" s="2">
-        <v>43528</v>
+        <v>43924</v>
+      </c>
+      <c r="F162" t="s">
+        <v>206</v>
+      </c>
+      <c r="G162" s="2">
+        <v>43924</v>
+      </c>
+      <c r="H162" t="s">
+        <v>207</v>
+      </c>
+      <c r="I162" s="2">
+        <v>43924</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
-        <v>1887</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>2021</v>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>Aggiornamento dello schema di Avviso pubblico per l’Istituzione dell’Elenco di Operatori Economici da consultare per l’acquisizione dei servizi di analisi e valutazione previsti dai Piani di Valutazione del POR FSE 2014-2020 e del POR FESR 2014-2020, di cui alla DE n. G10938/2016.</t>
+        </is>
       </c>
       <c r="C163" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="D163"/>
+        <v>208</v>
+      </c>
+      <c r="D163" t="s">
+        <v>209</v>
+      </c>
       <c r="E163" s="2">
-        <v>45841</v>
-[...1 lines deleted...]
-      <c r="F163"/>
+        <v>43859</v>
+      </c>
+      <c r="F163" t="s">
+        <v>210</v>
+      </c>
       <c r="G163" s="2">
-        <v>45841</v>
-[...37 lines deleted...]
-        <v>44314</v>
+        <v>43859</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
-        <v>1875</v>
+        <v>2017</v>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e dell'incarico di direzione lavori e coordinamento della sicurezza in fase di progettazione ed esecuzione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. CUP: F78118000070008 - CIG: 7707767A89.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 43 lotti, finalizzata alla conclusione di un accordo quadro per la fornitura triennale di protesi ortopediche di anca, di ginocchio e di spalla per le AA.SS. e AA.OO. Regione Lazio.
+</t>
         </is>
       </c>
       <c r="C164" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="D164"/>
       <c r="E164" s="2">
-        <v>45684</v>
-[...3 lines deleted...]
-      </c>
+        <v>45310</v>
+      </c>
+      <c r="F164"/>
       <c r="G164" s="2">
-        <v>44034</v>
-[...23 lines deleted...]
-        <v>44067</v>
+        <v>45258</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
-        <v>1860</v>
+        <v>1996</v>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>Procedura di gara per l'affidamento del servizio di Vigilanza Armata presso le sedi istituzionali, gli uffici e gli immobili della Regione Lazio e presso alcune sedi istituzionali di Roma Capitale</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'affidamento del multiservizio tecnologico di manutenzione degli impianti relativi agli immobili in uso alle aziende sanitarie della Regione Lazio (Policlinico Umberto I, San Camillo, INMI “Spallanzani”, IFO “Istituto Nazionale Tumori Regina Elena”)</t>
         </is>
       </c>
       <c r="C165" t="s">
-        <v>225</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="D165"/>
       <c r="E165" s="2">
-        <v>43417</v>
+        <v>45763</v>
+      </c>
+      <c r="F165"/>
+      <c r="G165" s="2">
+        <v>45338</v>
+      </c>
+      <c r="H165"/>
+      <c r="I165" s="2">
+        <v>44645</v>
+      </c>
+      <c r="J165"/>
+      <c r="K165" s="2">
+        <v>44637</v>
+      </c>
+      <c r="L165"/>
+      <c r="M165" s="2">
+        <v>44631</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
-        <v>1850</v>
+        <v>1976</v>
       </c>
       <c r="B166" t="s">
-        <v>227</v>
+        <v>213</v>
       </c>
       <c r="C166" t="s">
-        <v>228</v>
-[...3 lines deleted...]
-      </c>
+        <v>214</v>
+      </c>
+      <c r="D166"/>
       <c r="E166" s="2">
-        <v>43550</v>
+        <v>44963</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
-        <v>1751</v>
-[...5 lines deleted...]
-        </is>
+        <v>1942</v>
+      </c>
+      <c r="B167" t="s">
+        <v>215</v>
       </c>
       <c r="C167" t="s">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>216</v>
+      </c>
+      <c r="D167"/>
       <c r="E167" s="2">
-        <v>43677</v>
-[...3 lines deleted...]
-      </c>
+        <v>45492</v>
+      </c>
+      <c r="F167"/>
       <c r="G167" s="2">
-        <v>43768</v>
-[...3 lines deleted...]
-      </c>
+        <v>45362</v>
+      </c>
+      <c r="H167"/>
       <c r="I167" s="2">
-        <v>43781</v>
+        <v>45307</v>
+      </c>
+      <c r="J167"/>
+      <c r="K167" s="2">
+        <v>44740</v>
+      </c>
+      <c r="L167"/>
+      <c r="M167" s="2">
+        <v>44735</v>
+      </c>
+      <c r="N167"/>
+      <c r="O167" s="2">
+        <v>44701</v>
+      </c>
+      <c r="P167"/>
+      <c r="Q167" s="2">
+        <v>44616</v>
+      </c>
+      <c r="R167"/>
+      <c r="S167" s="2">
+        <v>44585</v>
+      </c>
+      <c r="T167"/>
+      <c r="U167" s="2">
+        <v>44572</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
-        <v>1748</v>
-[...4 lines deleted...]
-        </is>
+        <v>1932</v>
+      </c>
+      <c r="B168" t="s">
+        <v>217</v>
       </c>
       <c r="C168" t="s">
-        <v>234</v>
+        <v>218</v>
       </c>
       <c r="D168" t="s">
-        <v>235</v>
+        <v>219</v>
       </c>
       <c r="E168" s="2">
-        <v>44008</v>
+        <v>43642</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
-        <v>1729</v>
+        <v>1913</v>
       </c>
       <c r="B169" t="s">
-        <v>236</v>
+        <v>220</v>
       </c>
       <c r="C169" t="s">
-        <v>237</v>
+        <v>221</v>
       </c>
       <c r="D169" t="s">
-        <v>238</v>
+        <v>222</v>
       </c>
       <c r="E169" s="2">
-        <v>43187</v>
-[...5 lines deleted...]
-        <v>43187</v>
+        <v>43587</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
-        <v>1728</v>
-[...4 lines deleted...]
-        </is>
+        <v>1902</v>
+      </c>
+      <c r="B170" t="s">
+        <v>223</v>
       </c>
       <c r="C170" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
       <c r="D170" t="s">
-        <v>241</v>
+        <v>225</v>
       </c>
       <c r="E170" s="2">
-        <v>43187</v>
-[...5 lines deleted...]
-        <v>43187</v>
+        <v>43528</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
-        <v>1727</v>
-[...4 lines deleted...]
-        </is>
+        <v>1887</v>
+      </c>
+      <c r="B171" t="s">
+        <v>226</v>
       </c>
       <c r="C171" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="D171"/>
       <c r="E171" s="2">
-        <v>43187</v>
-[...3 lines deleted...]
-      </c>
+        <v>45841</v>
+      </c>
+      <c r="F171"/>
       <c r="G171" s="2">
-        <v>43187</v>
+        <v>45841</v>
+      </c>
+      <c r="H171"/>
+      <c r="I171" s="2">
+        <v>45492</v>
+      </c>
+      <c r="J171"/>
+      <c r="K171" s="2">
+        <v>45362</v>
+      </c>
+      <c r="L171"/>
+      <c r="M171" s="2">
+        <v>45057</v>
+      </c>
+      <c r="N171"/>
+      <c r="O171" s="2">
+        <v>45033</v>
+      </c>
+      <c r="P171"/>
+      <c r="Q171" s="2">
+        <v>45019</v>
+      </c>
+      <c r="R171"/>
+      <c r="S171" s="2">
+        <v>44893</v>
+      </c>
+      <c r="T171"/>
+      <c r="U171" s="2">
+        <v>44827</v>
+      </c>
+      <c r="V171"/>
+      <c r="W171" s="2">
+        <v>44484</v>
+      </c>
+      <c r="X171" t="s">
+        <v>228</v>
+      </c>
+      <c r="Y171" s="2">
+        <v>44314</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
-        <v>1726</v>
+        <v>1875</v>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e dell'incarico di direzione lavori e coordinamento della sicurezza in fase di progettazione ed esecuzione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. CUP: F78118000070008 - CIG: 7707767A89.</t>
         </is>
       </c>
       <c r="C172" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="D172"/>
       <c r="E172" s="2">
-        <v>43187</v>
+        <v>45684</v>
       </c>
       <c r="F172" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="G172" s="2">
-        <v>43187</v>
+        <v>44034</v>
+      </c>
+      <c r="H172" t="s">
+        <v>231</v>
+      </c>
+      <c r="I172" s="2">
+        <v>44025</v>
+      </c>
+      <c r="J172" t="s">
+        <v>232</v>
+      </c>
+      <c r="K172" s="2">
+        <v>43894</v>
+      </c>
+      <c r="L172" t="s">
+        <v>233</v>
+      </c>
+      <c r="M172" s="2">
+        <v>43913</v>
+      </c>
+      <c r="N172" t="s">
+        <v>234</v>
+      </c>
+      <c r="O172" s="2">
+        <v>44067</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
-        <v>1722</v>
+        <v>1860</v>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>Appalto Specifico per la fornitura di medicazioni generali e specialistiche occorrenti alle Aziende Sanitarie della Regione Lazio indetto con Determinazione n. G03692 del 14/04/2016</t>
+          <t>Procedura di gara per l'affidamento del servizio di Vigilanza Armata presso le sedi istituzionali, gli uffici e gli immobili della Regione Lazio e presso alcune sedi istituzionali di Roma Capitale</t>
         </is>
       </c>
       <c r="C173" t="s">
-        <v>249</v>
+        <v>235</v>
       </c>
       <c r="D173" t="s">
-        <v>250</v>
+        <v>236</v>
       </c>
       <c r="E173" s="2">
-        <v>43376</v>
+        <v>43417</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
-        <v>1719</v>
+        <v>1850</v>
       </c>
       <c r="B174" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
       <c r="C174" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="D174"/>
+        <v>238</v>
+      </c>
+      <c r="D174" t="s">
+        <v>239</v>
+      </c>
       <c r="E174" s="2">
-        <v>44519</v>
+        <v>43550</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
-        <v>1711</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>1751</v>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>“Call for proposal “Energia sostenibile 2.0” - POR FESR Lazio 2014-2020 - Asse prioritario 4 Azione 4.1.1”. Elenco di Operatori Economici qualificati da invitare alle procedure negoziate indette per l’affidamento dei lavori di importo pari o superiore a 150.000 euro ed inferiore a 1.000.000,00 euro, ai sensi dell’art. 36, comma 2, lettera c) del D.Lgs. n. 50/2016 e s.m.i.
+</t>
+        </is>
       </c>
       <c r="C175" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="D175"/>
+        <v>240</v>
+      </c>
+      <c r="D175" t="s">
+        <v>241</v>
+      </c>
       <c r="E175" s="2">
-        <v>44392</v>
+        <v>43677</v>
+      </c>
+      <c r="F175" t="s">
+        <v>242</v>
+      </c>
+      <c r="G175" s="2">
+        <v>43768</v>
+      </c>
+      <c r="H175" t="s">
+        <v>243</v>
+      </c>
+      <c r="I175" s="2">
+        <v>43781</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
-        <v>1693</v>
+        <v>1748</v>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura triennale di aghi e siringhe occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione atti e indizione gara.</t>
+          <t>Affidamento dei lavori di: “Mitigazione del rischio idrogeologico dell’abitato in frazione Pace del Comune di Pescorocchiano (RI)” Importo complessivo a base di gara: € 1.469.584,43 oltre IVA, di cui € 1.413.175,87 soggetti a ribasso d’asta ed € 56.408,56 per oneri per la sicurezza non soggetti a ribasso d’asta</t>
         </is>
       </c>
       <c r="C176" t="s">
-        <v>255</v>
+        <v>244</v>
       </c>
       <c r="D176" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="E176" s="2">
-        <v>44165</v>
+        <v>44008</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
+        <v>1729</v>
+      </c>
+      <c r="B177" t="s">
+        <v>246</v>
+      </c>
+      <c r="C177" t="s">
+        <v>247</v>
+      </c>
+      <c r="D177" t="s">
+        <v>248</v>
+      </c>
+      <c r="E177" s="2">
+        <v>43187</v>
+      </c>
+      <c r="F177" t="s">
+        <v>249</v>
+      </c>
+      <c r="G177" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178">
+        <v>1728</v>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Ventotene</t>
+        </is>
+      </c>
+      <c r="C178" t="s">
+        <v>250</v>
+      </c>
+      <c r="D178" t="s">
+        <v>251</v>
+      </c>
+      <c r="E178" s="2">
+        <v>43187</v>
+      </c>
+      <c r="F178" t="s">
+        <v>252</v>
+      </c>
+      <c r="G178" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179">
+        <v>1727</v>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Terracina</t>
+        </is>
+      </c>
+      <c r="C179" t="s">
+        <v>253</v>
+      </c>
+      <c r="D179" t="s">
+        <v>254</v>
+      </c>
+      <c r="E179" s="2">
+        <v>43187</v>
+      </c>
+      <c r="F179" t="s">
+        <v>255</v>
+      </c>
+      <c r="G179" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180">
+        <v>1726</v>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>Redazione del Piano di Manutenzione Ordinaria, Piano di Manutenzione Straordinaria, Piano degli Interventi di Miglioramento ed Adeguamento delle Infrastrutture del Porto di Formia.</t>
+        </is>
+      </c>
+      <c r="C180" t="s">
+        <v>256</v>
+      </c>
+      <c r="D180" t="s">
+        <v>257</v>
+      </c>
+      <c r="E180" s="2">
+        <v>43187</v>
+      </c>
+      <c r="F180" t="s">
+        <v>258</v>
+      </c>
+      <c r="G180" s="2">
+        <v>43187</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181">
+        <v>1722</v>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>Appalto Specifico per la fornitura di medicazioni generali e specialistiche occorrenti alle Aziende Sanitarie della Regione Lazio indetto con Determinazione n. G03692 del 14/04/2016</t>
+        </is>
+      </c>
+      <c r="C181" t="s">
+        <v>259</v>
+      </c>
+      <c r="D181" t="s">
+        <v>260</v>
+      </c>
+      <c r="E181" s="2">
+        <v>43376</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182">
+        <v>1719</v>
+      </c>
+      <c r="B182" t="s">
+        <v>261</v>
+      </c>
+      <c r="C182" t="s">
+        <v>262</v>
+      </c>
+      <c r="D182"/>
+      <c r="E182" s="2">
+        <v>44519</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183">
+        <v>1711</v>
+      </c>
+      <c r="B183" t="s">
+        <v>263</v>
+      </c>
+      <c r="C183" t="s">
+        <v>264</v>
+      </c>
+      <c r="D183"/>
+      <c r="E183" s="2">
+        <v>44392</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184">
+        <v>1693</v>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura triennale di aghi e siringhe occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione atti e indizione gara.</t>
+        </is>
+      </c>
+      <c r="C184" t="s">
+        <v>265</v>
+      </c>
+      <c r="D184" t="s">
+        <v>266</v>
+      </c>
+      <c r="E184" s="2">
+        <v>44165</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185">
         <v>1579</v>
       </c>
-      <c r="B177" t="s">
-[...8 lines deleted...]
-      <c r="E177" s="2">
+      <c r="B185" t="s">
+        <v>267</v>
+      </c>
+      <c r="C185" t="s">
+        <v>268</v>
+      </c>
+      <c r="D185" t="s">
+        <v>269</v>
+      </c>
+      <c r="E185" s="2">
         <v>43180</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>