--- v0 (2025-11-07)
+++ v1 (2026-02-25)
@@ -9,68 +9,80 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="528" uniqueCount="528">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="532" uniqueCount="532">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Link al bando</t>
   </si>
   <si>
     <t>Percorso</t>
   </si>
   <si>
     <t>Data pubblicazione</t>
   </si>
   <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3641</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3640</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3558</t>
+  </si>
+  <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3510</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3440</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3302</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3271</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3262</t>
   </si>
   <si>
     <t>Vigilanza armata e guardiania per le sedi delle Aziende Sanitarie e Ospedaliere della Regione Lazio.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3235</t>
   </si>
   <si>
     <t>Stent coronarici occorrenti alle Aziende Sanitarie e Ospedaliere della Regione Lazio.</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3226</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3171</t>
   </si>
@@ -1670,51 +1682,51 @@
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:S201"/>
+  <dimension ref="A1:S205"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="60" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="60" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="47" customWidth="1"/>
     <col min="11" max="11" width="19" customWidth="1"/>
     <col min="12" max="12" width="52" customWidth="1"/>
     <col min="13" max="13" width="19" customWidth="1"/>
     <col min="14" max="14" width="56" customWidth="1"/>
     <col min="15" max="15" width="19" customWidth="1"/>
     <col min="16" max="16" width="37" customWidth="1"/>
     <col min="17" max="17" width="19" customWidth="1"/>
     <col min="18" max="18" width="9" customWidth="1"/>
     <col min="19" max="19" width="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -1754,5396 +1766,5488 @@
       </c>
       <c r="M1" t="s">
         <v>4</v>
       </c>
       <c r="N1" t="s">
         <v>3</v>
       </c>
       <c r="O1" t="s">
         <v>4</v>
       </c>
       <c r="P1" t="s">
         <v>3</v>
       </c>
       <c r="Q1" t="s">
         <v>4</v>
       </c>
       <c r="R1" t="s">
         <v>3</v>
       </c>
       <c r="S1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3510</v>
+        <v>3641</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>AZIONE 6 - Procedura negoziata, tramite RdO sul Mercato Elettronico Regione Lazio (M.E.LA.), ai sensi dell'art. 50, comma 1, lett. e) del D.lgs. 36/2023 finalizzata all'affidamento del servizio di organizzazione di un press tour e convegno con giornalisti ed instagrammer internazionali alla scoperta della Via Francigena. Indizione della procedura, approvazione atti di gara e nomina del Responsabile Unico del Progetto. Pren. impegno € 235.582,00 cap. U0000B41113 a favore di Creditori Diversi (c.c. 3805). Imp. € 1.558,09 capitolo U0000B41113 "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" (c.c. 176734). Acc. € 1.558,09 cap. E0000341560 ""Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734). Accertamento di € 8.528,61 sul capitolo E0000221159 Ministero del Turismo (c.c. 1356). Imp. € 250,00 sul capitolo U0000T19427 a favore dell'ANAC (c.c. 159683). Esercizio Finanziario 2025.</t>
+          <t>Procedura negoziata, ai sensi ai sensi dell'art. 50 comma 1 lettera d) del Dlgs 36/2023, per l'affidamento dei lavori di "Messa in sicurezza operativa dell'area di impianto, per la bonifica dell'acquifero sotteso e per la bonifica della collina antropica del sito "ex stabilimento Caffaro Chetoni-Fenilglicina" nel Comune di Colleferro (RM). CUP F57F19000120001. Accordo di Programma SIN Bacino del Fiume Sacco. Impegno di € 2.250.264,52 sul cap. U0000E32113 e.f. 2025, impegno di € 537.214,74 sul cap. U0000E32537 e.f. 2026 di cui alla miss.09 progr.03 e impegno di € 660,00 in favore di ANAC cod. cred. 159683 sul cap. U0000T19427 e.f. 2025.</t>
         </is>
       </c>
       <c r="C2" t="s">
         <v>5</v>
       </c>
       <c r="D2"/>
       <c r="E2" s="2">
-        <v>45958</v>
+        <v>46072</v>
+      </c>
+      <c r="F2"/>
+      <c r="G2" s="2">
+        <v>46072</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2" s="2">
+        <v>46072</v>
+      </c>
+      <c r="J2"/>
+      <c r="K2" s="2">
+        <v>46072</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3302</v>
+        <v>3640</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un Accordo Quadro per l’affidamento del “Fornitura di test genomici ormonoresponsivo nelle pazienti con carcinoma mammario in stadio precoce” occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.&amp;nbsp;</t>
+          <t>Procedura aperta, ai sensi dell'art.71, del D.Lgs. n. 36 del 31.03.2023 finalizzata all'affidamento in concessione del servizio di bar, tavola calda/fredda presso la sede della Regione Lazio di via R. Raimondi Garibaldi 7 Roma.</t>
         </is>
       </c>
       <c r="C3" t="s">
         <v>6</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="2">
-        <v>45784</v>
-[...11 lines deleted...]
-        <v>45784</v>
+        <v>46043</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3271</v>
+        <v>3558</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024&amp;nbsp;</t>
+          <t>Procedura aperta, ai sensi art. 71 D.lgs. n. 36/2023, per l'affidamento del "Servizio di vigilanza antincendio della sede della Regione Lazio sita in via Rosa Raimondi Garibaldi n. 7, Roma".</t>
         </is>
       </c>
       <c r="C4" t="s">
         <v>7</v>
       </c>
       <c r="D4"/>
       <c r="E4" s="2">
-        <v>45757</v>
+        <v>46058</v>
       </c>
       <c r="F4"/>
       <c r="G4" s="2">
-        <v>45757</v>
+        <v>46058</v>
       </c>
       <c r="H4"/>
       <c r="I4" s="2">
-        <v>45757</v>
+        <v>46058</v>
       </c>
       <c r="J4"/>
       <c r="K4" s="2">
-        <v>45757</v>
+        <v>46058</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3262</v>
+        <v>3510</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, per l'affidamento del "Servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio". Determinazione di indizione e approvazione atti di gara</t>
+          <t>AZIONE 6 - Procedura negoziata, tramite RdO sul Mercato Elettronico Regione Lazio (M.E.LA.), ai sensi dell'art. 50, comma 1, lett. e) del D.lgs. 36/2023 finalizzata all'affidamento del servizio di organizzazione di un press tour e convegno con giornalisti ed instagrammer internazionali alla scoperta della Via Francigena. Indizione della procedura, approvazione atti di gara e nomina del Responsabile Unico del Progetto. Pren. impegno € 235.582,00 cap. U0000B41113 a favore di Creditori Diversi (c.c. 3805). Imp. € 1.558,09 capitolo U0000B41113 "Fondo incentivi ex art. 383 sexies R.R. n.1/2002" (c.c. 176734). Acc. € 1.558,09 cap. E0000341560 ""Fondo incentivi ex art.383 sexies R.R. n.1/2002" (c.c. 176734). Accertamento di € 8.528,61 sul capitolo E0000221159 Ministero del Turismo (c.c. 1356). Imp. € 250,00 sul capitolo U0000T19427 a favore dell'ANAC (c.c. 159683). Esercizio Finanziario 2025.</t>
         </is>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5"/>
       <c r="E5" s="2">
-        <v>45792</v>
+        <v>45958</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3235</v>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+        <v>3440</v>
+      </c>
+      <c r="B6" t="inlineStr">
+        <is>
+          <t>Procedura aperta, suddivisa in tre lotti, finalizzata alla stipula di Convenzioni per l'affidamento dei servizi di manutenzione impianti, destinati alle Amministrazioni del territorio della Regione Lazio e della Regione Umbria.</t>
+        </is>
+      </c>
+      <c r="C6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="2">
-        <v>45849</v>
-[...11 lines deleted...]
-        <v>45849</v>
+        <v>46071</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3226</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>3302</v>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un Accordo Quadro per l’affidamento del “Fornitura di test genomici ormonoresponsivo nelle pazienti con carcinoma mammario in stadio precoce” occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.&amp;nbsp;</t>
+        </is>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D7"/>
       <c r="E7" s="2">
-        <v>45790</v>
+        <v>45784</v>
       </c>
       <c r="F7"/>
       <c r="G7" s="2">
-        <v>45790</v>
+        <v>45784</v>
       </c>
       <c r="H7"/>
       <c r="I7" s="2">
-        <v>45790</v>
+        <v>45784</v>
       </c>
       <c r="J7"/>
       <c r="K7" s="2">
-        <v>45790</v>
+        <v>45784</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3171</v>
+        <v>3271</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di consulenza assicurativa e brokeraggio per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione procedura.</t>
+          <t>Determina a contrarre ai sensi dell'art.71D.lgs. n.36/2023 per l'indizione di una procedura aperta sopra soglia comunitaria per l'acquisto di n.10 Tende a 6 moduli da utilizzare per l'allestimento del Villaggio campale di accoglienza in occasione del Giubileo della Chiesa Cattolica 2025 e servizi accessori. Intervento n.253 - CUP F89120000090001.Prenotazione impegni di spesa a favore di cred. diversi per € 1.220.000,00 (compresa Iva) sul capitolo U0000E46174 per le annualità 2024- 2026.Impegno di spesa di € 8.800,00 sul capitolo U0000E46174 e relativi accertamenti a favore del fondo incentivi sul capitolo E0000341560 per le annualità 2024-2026. Impegno di spesa di € 2.000,00 pari allo 0,20% dell'importo, sul capitolo U0000E46174 a favore della società "Giubileo 2025 S.p.A." e. f. 2024.Impegno di spesa di € 660,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683)E.F. 2024&amp;nbsp;</t>
         </is>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8"/>
       <c r="E8" s="2">
-        <v>45785</v>
+        <v>45757</v>
       </c>
       <c r="F8"/>
       <c r="G8" s="2">
-        <v>45785</v>
+        <v>45757</v>
+      </c>
+      <c r="H8"/>
+      <c r="I8" s="2">
+        <v>45757</v>
+      </c>
+      <c r="J8"/>
+      <c r="K8" s="2">
+        <v>45757</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3170</v>
+        <v>3262</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio suddivisa in 3 Lotti. Impegno di spesa a favore dell’Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es.Fin. 2024. Sostituzione RUP, approvazione atti di gara e indizione procedura.</t>
+          <t>Procedura aperta, ai sensi dell'art. 71 del D.lgs. 36/2023, per l'affidamento del "Servizio aereo di spegnimento incendi boschivi e lo svolgimento di altre attività connesse con gli interventi di Protezione Civile nell'intero territorio della Regione Lazio". Determinazione di indizione e approvazione atti di gara</t>
         </is>
       </c>
       <c r="C9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D9"/>
       <c r="E9" s="2">
-        <v>45811</v>
-[...3 lines deleted...]
-        <v>45811</v>
+        <v>45792</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3169</v>
-[...4 lines deleted...]
-        </is>
+        <v>3235</v>
+      </c>
+      <c r="B10" t="s">
+        <v>13</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D10"/>
       <c r="E10" s="2">
-        <v>45834</v>
+        <v>45849</v>
       </c>
       <c r="F10"/>
       <c r="G10" s="2">
-        <v>45834</v>
+        <v>45849</v>
       </c>
       <c r="H10"/>
       <c r="I10" s="2">
-        <v>45834</v>
+        <v>45849</v>
       </c>
       <c r="J10"/>
       <c r="K10" s="2">
-        <v>45834</v>
+        <v>45849</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>3167</v>
+        <v>3226</v>
       </c>
       <c r="B11" t="s">
+        <v>15</v>
+      </c>
+      <c r="C11" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D11"/>
       <c r="E11" s="2">
-        <v>45734</v>
+        <v>45790</v>
       </c>
       <c r="F11"/>
       <c r="G11" s="2">
-        <v>45734</v>
+        <v>45790</v>
       </c>
       <c r="H11"/>
       <c r="I11" s="2">
-        <v>45734</v>
+        <v>45790</v>
       </c>
       <c r="J11"/>
       <c r="K11" s="2">
-        <v>45734</v>
+        <v>45790</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>3164</v>
+        <v>3171</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di guanti monouso per le Aziende Sanitarie della Regione Lazio suddivisa in 16 Lotti. Approvazione atti di gara e indizione della procedura.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di consulenza assicurativa e brokeraggio per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione procedura.</t>
         </is>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D12"/>
       <c r="E12" s="2">
-        <v>45880</v>
+        <v>45785</v>
       </c>
       <c r="F12"/>
       <c r="G12" s="2">
-        <v>45880</v>
+        <v>45785</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>3155</v>
+        <v>3170</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di manutenzione delle apparecchiature elettromedicali in uso presso le Aziende Sanitarie della Regione Lazio – Seconda edizione</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio suddivisa in 3 Lotti. Impegno di spesa a favore dell’Autorità Nazionale Anticorruzione di € 880,00 sul capitolo U0000T19427 Es.Fin. 2024. Sostituzione RUP, approvazione atti di gara e indizione procedura.</t>
         </is>
       </c>
       <c r="C13" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D13"/>
       <c r="E13" s="2">
-        <v>45938</v>
+        <v>45811</v>
       </c>
       <c r="F13"/>
       <c r="G13" s="2">
-        <v>45785</v>
-[...11 lines deleted...]
-        <v>45785</v>
+        <v>45811</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>3152</v>
+        <v>3169</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Procedura aperta sopra soglia, ai sensi dell'art. 71 d.lgs. n. 36/23, per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Indizione e approvazione atti di gara. CUP S80143490581202400037.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di sistemi diagnostici per la ricerca del sangue occulto nelle feci per le Aziende Sanitarie della Regione Lazio a Lotto unico. Approvazione atti di gara e indizione della procedura.</t>
         </is>
       </c>
       <c r="C14" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D14"/>
       <c r="E14" s="2">
-        <v>45716</v>
+        <v>45834</v>
+      </c>
+      <c r="F14"/>
+      <c r="G14" s="2">
+        <v>45834</v>
+      </c>
+      <c r="H14"/>
+      <c r="I14" s="2">
+        <v>45834</v>
+      </c>
+      <c r="J14"/>
+      <c r="K14" s="2">
+        <v>45834</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>3139</v>
-[...4 lines deleted...]
-        </is>
+        <v>3167</v>
+      </c>
+      <c r="B15" t="s">
+        <v>20</v>
       </c>
       <c r="C15" t="s">
         <v>21</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="2">
         <v>45734</v>
       </c>
       <c r="F15"/>
       <c r="G15" s="2">
         <v>45734</v>
       </c>
       <c r="H15"/>
       <c r="I15" s="2">
         <v>45734</v>
       </c>
       <c r="J15"/>
       <c r="K15" s="2">
         <v>45734</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>3132</v>
+        <v>3164</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024. Impegno complessivo di € 14.215,09 sul Cap. U0000S23429, (Cod. Cred. 176734) e relativi accertamenti per € 14.215,09 di cui € 10.092,71 sul Cap. E0000341559, € 2.061,19 sul Cap. E0000341562 e € 2.061,19 sul Cap. E0000341563 al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734) Es. Fin. 2024-2025.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Accordi Quadro per la fornitura di guanti monouso per le Aziende Sanitarie della Regione Lazio suddivisa in 16 Lotti. Approvazione atti di gara e indizione della procedura.</t>
         </is>
       </c>
       <c r="C16" t="s">
         <v>22</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="2">
-        <v>45804</v>
+        <v>45880</v>
       </c>
       <c r="F16"/>
       <c r="G16" s="2">
-        <v>45804</v>
+        <v>45880</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>3094</v>
+        <v>3155</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 71 del D.Lgs. n. 36/2023, per l'affidamento del servizio di Call Center ReCUP occorrente alle Aziende Sanitarie e Ospedaliere della Regione Lazio. Approvazione atti di gara e indizione della procedura.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento del servizio di manutenzione delle apparecchiature elettromedicali in uso presso le Aziende Sanitarie della Regione Lazio – Seconda edizione</t>
         </is>
       </c>
       <c r="C17" t="s">
         <v>23</v>
       </c>
       <c r="D17"/>
       <c r="E17" s="2">
-        <v>45702</v>
+        <v>45938</v>
       </c>
       <c r="F17"/>
       <c r="G17" s="2">
-        <v>45702</v>
+        <v>45785</v>
       </c>
       <c r="H17"/>
       <c r="I17" s="2">
-        <v>45702</v>
+        <v>45785</v>
       </c>
       <c r="J17"/>
       <c r="K17" s="2">
-        <v>45702</v>
+        <v>45785</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" s="2">
+        <v>45785</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>3053</v>
+        <v>3152</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>"Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Procedura aperta in ambito comunitario suddivisa in due lotti per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell’art. 59, comma 3 del D.Lgs. n. 36/2023, per l’affidamento di servizi di progettazione relativi a interventi a favore dei comuni, finalizzati alla mitigazione del rischio idrogeologico nei territori della Regione Lazio.</t>
+          <t>Procedura aperta sopra soglia, ai sensi dell'art. 71 d.lgs. n. 36/23, per l'affidamento della gestione di 3 centri antiviolenza e di 3 case rifugio per donne vittime di violenza. Indizione e approvazione atti di gara. CUP S80143490581202400037.</t>
         </is>
       </c>
       <c r="C18" t="s">
         <v>24</v>
       </c>
       <c r="D18"/>
       <c r="E18" s="2">
-        <v>45546</v>
-[...11 lines deleted...]
-        <v>45546</v>
+        <v>45716</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>3022</v>
+        <v>3139</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Procedura di gara comunitaria a procedura aperta finalizzata alla stipula di convenzioni quadro per servizi di pulizia e sanificazione a ridotto impatto ambientale e servizi accessori per le sedi delle amministrazioni del territorio della regione Lazio - Edizione 2. Procedura suddivisa in 4 lotti.</t>
+          <t>Procedura aperta per l'affidamento del servizio di noleggio e manutenzione di n. 110 erogatori d'acqua naturale e frizzante allacciati alla rete idrica presso le sedi della Regione Lazio.</t>
         </is>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="2">
-        <v>45540</v>
+        <v>45734</v>
       </c>
       <c r="F19"/>
       <c r="G19" s="2">
-        <v>45540</v>
+        <v>45734</v>
+      </c>
+      <c r="H19"/>
+      <c r="I19" s="2">
+        <v>45734</v>
+      </c>
+      <c r="J19"/>
+      <c r="K19" s="2">
+        <v>45734</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>3021</v>
+        <v>3132</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR.</t>
+          <t>Determina a contrarre ai sensi dell'art. 71 D.Lgs. n. 36/2023, indizione, approvazione atti e autorizzazione all'espletamento della Procedura aperta, suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di spesa di € 880,00 sul Capitolo U0000T19427 a favore dell'A.N.A.C. (Cod. Cred. 159683) Es. Fin. 2024. Impegno complessivo di € 14.215,09 sul Cap. U0000S23429, (Cod. Cred. 176734) e relativi accertamenti per € 14.215,09 di cui € 10.092,71 sul Cap. E0000341559, € 2.061,19 sul Cap. E0000341562 e € 2.061,19 sul Cap. E0000341563 al fondo incentivi ex art. 383 sexies R.R. 1/2002, (Cod. Cred. 176734) Es. Fin. 2024-2025.</t>
         </is>
       </c>
       <c r="C20" t="s">
         <v>26</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="2">
-        <v>45565</v>
+        <v>45804</v>
+      </c>
+      <c r="F20"/>
+      <c r="G20" s="2">
+        <v>45804</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>3012</v>
+        <v>3094</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un contratto per la fornitura in noleggio quadriennale di n. 2 sistemi di stampa a colori ad alta produzione per il centro stampa della Regione Lazio, suddivisa in due lotti&amp;nbsp;</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 71 del D.Lgs. n. 36/2023, per l'affidamento del servizio di Call Center ReCUP occorrente alle Aziende Sanitarie e Ospedaliere della Regione Lazio. Approvazione atti di gara e indizione della procedura.</t>
         </is>
       </c>
       <c r="C21" t="s">
         <v>27</v>
       </c>
       <c r="D21"/>
       <c r="E21" s="2">
-        <v>45558</v>
+        <v>45702</v>
       </c>
       <c r="F21"/>
       <c r="G21" s="2">
-        <v>45558</v>
+        <v>45702</v>
       </c>
       <c r="H21"/>
       <c r="I21" s="2">
-        <v>45558</v>
+        <v>45702</v>
+      </c>
+      <c r="J21"/>
+      <c r="K21" s="2">
+        <v>45702</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>2999</v>
+        <v>3053</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata per l'affidamento del servizio integrato di rilevazione fisica, valorizzazione economica, riconciliazione con le risultanze contabili esistenti dei beni mobili e immobili delle Aziende sanitarie della Regione Lazio.</t>
+          <t>"Programma regionale di interventi per la messa in sicurezza delle infrastrutture viarie e per la rigenerazione urbana", in attuazione dell'articolo 1, comma 134, della legge 30 dicembre 2018, n. 145, e s.m.i. - Fondo per la Progettazione di Opere Pubbliche. Procedura aperta in ambito comunitario suddivisa in due lotti per la conclusione di un accordo quadro con unico operatore economico per ciascuno dei lotti, ai sensi dell’art. 59, comma 3 del D.Lgs. n. 36/2023, per l’affidamento di servizi di progettazione relativi a interventi a favore dei comuni, finalizzati alla mitigazione del rischio idrogeologico nei territori della Regione Lazio.</t>
         </is>
       </c>
       <c r="C22" t="s">
         <v>28</v>
       </c>
       <c r="D22"/>
       <c r="E22" s="2">
-        <v>45510</v>
+        <v>45546</v>
       </c>
       <c r="F22"/>
       <c r="G22" s="2">
-        <v>45510</v>
+        <v>45546</v>
       </c>
       <c r="H22"/>
       <c r="I22" s="2">
-        <v>45510</v>
+        <v>45546</v>
       </c>
       <c r="J22"/>
       <c r="K22" s="2">
-        <v>45510</v>
+        <v>45546</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>2981</v>
+        <v>3022</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Procedura negoziata, tramite R.d.O. sul Mercato Elettronico Regionale (M.E.La.), per l'affidamento del servizio di assistenza,&amp;nbsp;consulenza e intermediazione assicurativa, in un lotto unico per la durata di 66,5 mesi (sessantasei mesi e quindici giorni).</t>
+          <t>Procedura di gara comunitaria a procedura aperta finalizzata alla stipula di convenzioni quadro per servizi di pulizia e sanificazione a ridotto impatto ambientale e servizi accessori per le sedi delle amministrazioni del territorio della regione Lazio - Edizione 2. Procedura suddivisa in 4 lotti.</t>
         </is>
       </c>
       <c r="C23" t="s">
         <v>29</v>
       </c>
       <c r="D23"/>
       <c r="E23" s="2">
-        <v>45426</v>
+        <v>45540</v>
       </c>
       <c r="F23"/>
       <c r="G23" s="2">
-        <v>45426</v>
-[...7 lines deleted...]
-        <v>45426</v>
+        <v>45540</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>2959</v>
+        <v>3021</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta ai sensi dell'art. 71 del D.lgs 36/2023 finalizzata alla stipula di convenzione per l'affidamento del servizio di lavanolo occorrente all'Azienda ARES 118</t>
+          <t>Servizio di assistenza organizzativa/gestionale alle procedure di appalto per la Direzione Regionale Programmazione economica, centrale acquisti, fondi europei, PNRR.</t>
         </is>
       </c>
       <c r="C24" t="s">
         <v>30</v>
       </c>
       <c r="D24"/>
       <c r="E24" s="2">
-        <v>45497</v>
-[...9 lines deleted...]
-        <v>45497</v>
+        <v>45565</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
+        <v>3012</v>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di un contratto per la fornitura in noleggio quadriennale di n. 2 sistemi di stampa a colori ad alta produzione per il centro stampa della Regione Lazio, suddivisa in due lotti&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="C25" t="s">
+        <v>31</v>
+      </c>
+      <c r="D25"/>
+      <c r="E25" s="2">
+        <v>45558</v>
+      </c>
+      <c r="F25"/>
+      <c r="G25" s="2">
+        <v>45558</v>
+      </c>
+      <c r="H25"/>
+      <c r="I25" s="2">
+        <v>45558</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26">
+        <v>2999</v>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata per l'affidamento del servizio integrato di rilevazione fisica, valorizzazione economica, riconciliazione con le risultanze contabili esistenti dei beni mobili e immobili delle Aziende sanitarie della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="C26" t="s">
+        <v>32</v>
+      </c>
+      <c r="D26"/>
+      <c r="E26" s="2">
+        <v>45510</v>
+      </c>
+      <c r="F26"/>
+      <c r="G26" s="2">
+        <v>45510</v>
+      </c>
+      <c r="H26"/>
+      <c r="I26" s="2">
+        <v>45510</v>
+      </c>
+      <c r="J26"/>
+      <c r="K26" s="2">
+        <v>45510</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27">
+        <v>2981</v>
+      </c>
+      <c r="B27" t="inlineStr">
+        <is>
+          <t>Procedura negoziata, tramite R.d.O. sul Mercato Elettronico Regionale (M.E.La.), per l'affidamento del servizio di assistenza,&amp;nbsp;consulenza e intermediazione assicurativa, in un lotto unico per la durata di 66,5 mesi (sessantasei mesi e quindici giorni).</t>
+        </is>
+      </c>
+      <c r="C27" t="s">
+        <v>33</v>
+      </c>
+      <c r="D27"/>
+      <c r="E27" s="2">
+        <v>45426</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27" s="2">
+        <v>45426</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27" s="2">
+        <v>45426</v>
+      </c>
+      <c r="J27"/>
+      <c r="K27" s="2">
+        <v>45426</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28">
+        <v>2959</v>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta ai sensi dell'art. 71 del D.lgs 36/2023 finalizzata alla stipula di convenzione per l'affidamento del servizio di lavanolo occorrente all'Azienda ARES 118</t>
+        </is>
+      </c>
+      <c r="C28" t="s">
+        <v>34</v>
+      </c>
+      <c r="D28"/>
+      <c r="E28" s="2">
+        <v>45497</v>
+      </c>
+      <c r="F28"/>
+      <c r="G28"/>
+      <c r="H28"/>
+      <c r="I28" s="2">
+        <v>45497</v>
+      </c>
+      <c r="J28"/>
+      <c r="K28" s="2">
+        <v>45497</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29">
         <v>2909</v>
       </c>
-      <c r="B25" t="inlineStr">
+      <c r="B29" t="inlineStr">
         <is>
           <t>Gara Europea - Procedura aperta ai sensi dell'art. 60 del D.Lgs. 50/per la stipula di un Accordo Quadro ai sensi dell'art. 54, comma 4 lett. b) del Decreto Legislativo 18 aprile 2016, n. 50 e s.m.i, per l'affidamento dei distinti appalti specifici aventi ad oggetto l'esecuzione degli interventi di manutenzione straordinaria, restauro e risanamento conservativo dei padiglioni 10, 11, 15 e 21 del Complesso di Santa Maria della Pietà.
 </t>
         </is>
       </c>
-      <c r="C25" t="s">
-[...3 lines deleted...]
-      <c r="E25" s="2">
+      <c r="C29" t="s">
+        <v>35</v>
+      </c>
+      <c r="D29"/>
+      <c r="E29" s="2">
         <v>45196</v>
       </c>
-      <c r="F25"/>
-      <c r="G25" s="2">
+      <c r="F29"/>
+      <c r="G29" s="2">
         <v>45196</v>
       </c>
-      <c r="H25"/>
-      <c r="I25" s="2">
+      <c r="H29"/>
+      <c r="I29" s="2">
         <v>45196</v>
       </c>
     </row>
-    <row r="26">
-      <c r="A26">
+    <row r="30">
+      <c r="A30">
         <v>2898</v>
       </c>
-      <c r="B26" t="inlineStr">
+      <c r="B30" t="inlineStr">
         <is>
           <t>SILD - Procedura negoziata, tramite RdO sul Mercato Elettronico Regionale (M.E.LA), ai sensi dell'art.1, comma 2, lettera b) della legge 11 settembre 2020, n.120, come modificato dall'art. 51, comma 1, lett. a), sub 2.2 del decreto legge n. 77 del 31.5.2021, convertito in legge n. 108 del 29.7.2021, per l'affidamento dei servizi di gestione dei bandi ex art. 16, Sild e delle procedure di reclutamento del personale della Regione Lazio. Approvazione atti, indizione della procedura di gara e nomina del Responsabile Unico del Procedimento (RUP). CIG 9476350368.
 </t>
         </is>
       </c>
-      <c r="C26" t="s">
-[...3 lines deleted...]
-      <c r="E26" s="2">
+      <c r="C30" t="s">
+        <v>36</v>
+      </c>
+      <c r="D30"/>
+      <c r="E30" s="2">
         <v>45154</v>
       </c>
-      <c r="F26"/>
-      <c r="G26" s="2">
+      <c r="F30"/>
+      <c r="G30" s="2">
         <v>45154</v>
       </c>
-      <c r="H26"/>
-      <c r="I26" s="2">
+      <c r="H30"/>
+      <c r="I30" s="2">
         <v>45154</v>
       </c>
-      <c r="J26"/>
-      <c r="K26" s="2">
+      <c r="J30"/>
+      <c r="K30" s="2">
         <v>45154</v>
       </c>
     </row>
-    <row r="27">
-      <c r="A27">
+    <row r="31">
+      <c r="A31">
         <v>2881</v>
       </c>
-      <c r="B27" t="inlineStr">
+      <c r="B31" t="inlineStr">
         <is>
           <t>Procedura di gara aperta per la conclusione di convenzioni quadro ai sensi dell'art. art.1, comma 456, della L. 296/2006, per l'affidamento dei servizi integrati di lava-noleggio a basso impatto ambientale per le Aziende Sanitarie della Regione Lazio. Procedura suddivisa in 8 Lotti.</t>
         </is>
       </c>
-      <c r="C27" t="s">
-[...3 lines deleted...]
-      <c r="E27" s="2">
+      <c r="C31" t="s">
+        <v>37</v>
+      </c>
+      <c r="D31"/>
+      <c r="E31" s="2">
         <v>45463</v>
       </c>
-      <c r="F27"/>
-      <c r="G27" s="2">
+      <c r="F31"/>
+      <c r="G31" s="2">
         <v>45404</v>
       </c>
     </row>
-    <row r="28">
-      <c r="A28">
+    <row r="32">
+      <c r="A32">
         <v>2879</v>
       </c>
-      <c r="B28" t="inlineStr">
+      <c r="B32" t="inlineStr">
         <is>
           <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, , tramite R.d.O. sul M.E.LA. Per l'affidamento della durata di 24 (ventiquattro) mesi del servizio diResponsabile della protezione dei dati personali (RPD)ai sensi del Reg. UE n. 679/2016 (RGPD)
 </t>
         </is>
       </c>
-      <c r="C28" t="s">
-[...3 lines deleted...]
-      <c r="E28" s="2">
+      <c r="C32" t="s">
+        <v>38</v>
+      </c>
+      <c r="D32"/>
+      <c r="E32" s="2">
         <v>45233</v>
       </c>
-      <c r="F28"/>
-      <c r="G28" s="2">
+      <c r="F32"/>
+      <c r="G32" s="2">
         <v>45233</v>
       </c>
-      <c r="H28"/>
-      <c r="I28" s="2">
+      <c r="H32"/>
+      <c r="I32" s="2">
         <v>45233</v>
       </c>
-      <c r="J28"/>
-      <c r="K28" s="2">
+      <c r="J32"/>
+      <c r="K32" s="2">
         <v>45233</v>
       </c>
     </row>
-    <row r="29">
-      <c r="A29">
+    <row r="33">
+      <c r="A33">
         <v>2876</v>
       </c>
-      <c r="B29" t="inlineStr">
+      <c r="B33" t="inlineStr">
         <is>
           <t>Gara comunitaria a procedura aperta telematica finalizzata all'acquisizione di tecnologie elettromedicali per l'Ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018&amp;nbsp;- Numero gara 9166988 - CUP F78I18000070008</t>
         </is>
       </c>
-      <c r="C29" t="s">
-[...3 lines deleted...]
-      <c r="E29" s="2">
+      <c r="C33" t="s">
+        <v>39</v>
+      </c>
+      <c r="D33"/>
+      <c r="E33" s="2">
         <v>45238</v>
       </c>
     </row>
-    <row r="30">
-      <c r="A30">
+    <row r="34">
+      <c r="A34">
         <v>2866</v>
       </c>
-      <c r="B30" t="s">
-[...6 lines deleted...]
-      <c r="E30" s="2">
+      <c r="B34" t="s">
+        <v>40</v>
+      </c>
+      <c r="C34" t="s">
+        <v>41</v>
+      </c>
+      <c r="D34"/>
+      <c r="E34" s="2">
         <v>45176</v>
       </c>
-      <c r="F30"/>
-      <c r="G30" s="2">
+      <c r="F34"/>
+      <c r="G34" s="2">
         <v>45176</v>
       </c>
     </row>
-    <row r="31">
-      <c r="A31">
+    <row r="35">
+      <c r="A35">
         <v>2840</v>
       </c>
-      <c r="B31" t="inlineStr">
+      <c r="B35" t="inlineStr">
         <is>
           <t>DPCM del 15 dicembre 2022: Programma degli interventi essenziali e indifferibili connessi alle celebrazioni del Giubileo della&amp;nbsp;Chiesa cattolica per il 2025, ai sensi dell'articolo 1, comma 422, della legge 234 del 2021, di cui all'Allegato 1.</t>
         </is>
       </c>
-      <c r="C31" t="s">
-[...3 lines deleted...]
-      <c r="E31" s="2">
+      <c r="C35" t="s">
+        <v>42</v>
+      </c>
+      <c r="D35"/>
+      <c r="E35" s="2">
         <v>45014</v>
       </c>
-      <c r="F31"/>
-      <c r="G31" s="2">
+      <c r="F35"/>
+      <c r="G35" s="2">
         <v>45014</v>
       </c>
-      <c r="H31"/>
-      <c r="I31" s="2">
+      <c r="H35"/>
+      <c r="I35" s="2">
         <v>45014</v>
       </c>
     </row>
-    <row r="32">
-      <c r="A32">
+    <row r="36">
+      <c r="A36">
         <v>2820</v>
       </c>
-      <c r="B32" t="inlineStr">
+      <c r="B36" t="inlineStr">
         <is>
           <t>Selezione di proposte progettuali volte alla realizzazione di impianti di produzione di idrogeno rinnovabile in aree industriali dismesse, da finanziare nell'ambito del Piano Nazionale di Ripresa e Resilienza (PNRR), Missione 2 "Rivoluzione verde e transizione ecologica", Componente 2 "Energia rinnovabile, idrogeno, rete e mobilità sostenibile", Investimento 3.1 "Produzione in aree industriali dismesse", finanziato dall'Unione Europea - Next Generation EU.
 </t>
         </is>
       </c>
-      <c r="C32" t="s">
-[...3 lines deleted...]
-      <c r="E32" s="2">
+      <c r="C36" t="s">
+        <v>43</v>
+      </c>
+      <c r="D36"/>
+      <c r="E36" s="2">
         <v>45002</v>
       </c>
-      <c r="F32"/>
-      <c r="G32" s="2">
+      <c r="F36"/>
+      <c r="G36" s="2">
         <v>45002</v>
       </c>
-      <c r="H32"/>
-      <c r="I32" s="2">
+      <c r="H36"/>
+      <c r="I36" s="2">
         <v>45002</v>
       </c>
-      <c r="J32"/>
-      <c r="K32" s="2">
+      <c r="J36"/>
+      <c r="K36" s="2">
         <v>45002</v>
       </c>
-      <c r="L32"/>
-      <c r="M32" s="2">
+      <c r="L36"/>
+      <c r="M36" s="2">
         <v>45002</v>
       </c>
-      <c r="N32"/>
-      <c r="O32" s="2">
+      <c r="N36"/>
+      <c r="O36" s="2">
         <v>45002</v>
       </c>
     </row>
-    <row r="33">
-      <c r="A33">
+    <row r="37">
+      <c r="A37">
         <v>2814</v>
       </c>
-      <c r="B33" t="inlineStr">
+      <c r="B37" t="inlineStr">
         <is>
           <t>Procedura aperta per la conclusione di un accordo quadro per il servizio di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce - Numero Gara 8965190.</t>
         </is>
       </c>
-      <c r="C33" t="s">
-[...3 lines deleted...]
-      <c r="E33" s="2">
+      <c r="C37" t="s">
+        <v>44</v>
+      </c>
+      <c r="D37"/>
+      <c r="E37" s="2">
         <v>45051</v>
       </c>
     </row>
-    <row r="34">
-      <c r="A34">
+    <row r="38">
+      <c r="A38">
         <v>2801</v>
       </c>
-      <c r="B34" t="inlineStr">
+      <c r="B38" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata finalizzata alla stipula di un accordo quadro per fornitura di stent vascolari occorrenti alle Aziende sanitarie della Regione Lazio e della Regione Calabria.&amp;nbsp;</t>
         </is>
       </c>
-      <c r="C34" t="s">
-[...3 lines deleted...]
-      <c r="E34" s="2">
+      <c r="C38" t="s">
+        <v>45</v>
+      </c>
+      <c r="D38"/>
+      <c r="E38" s="2">
         <v>45019</v>
       </c>
-      <c r="F34"/>
-      <c r="G34" s="2">
+      <c r="F38"/>
+      <c r="G38" s="2">
         <v>45019</v>
       </c>
-      <c r="H34"/>
-      <c r="I34" s="2">
+      <c r="H38"/>
+      <c r="I38" s="2">
         <v>45019</v>
       </c>
-      <c r="J34"/>
-      <c r="K34" s="2">
+      <c r="J38"/>
+      <c r="K38" s="2">
         <v>45019</v>
       </c>
     </row>
-    <row r="35">
-      <c r="A35">
+    <row r="39">
+      <c r="A39">
         <v>2793</v>
       </c>
-      <c r="B35" t="inlineStr">
+      <c r="B39" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 84 lotti, finalizzata alla stipula di convenzioni per la fornitura di aghi e siringhe occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio e della Regione Calabria. Approvazione schemi atti, indizione gara e sostituzione del Responsabile Unico del Procedimento. Numero gara 8780148</t>
         </is>
       </c>
-      <c r="C35" t="s">
-[...3 lines deleted...]
-      <c r="E35" s="2">
+      <c r="C39" t="s">
+        <v>46</v>
+      </c>
+      <c r="D39"/>
+      <c r="E39" s="2">
         <v>44938</v>
       </c>
-      <c r="F35"/>
-      <c r="G35" s="2">
+      <c r="F39"/>
+      <c r="G39" s="2">
         <v>44938</v>
       </c>
-      <c r="H35"/>
-      <c r="I35" s="2">
+      <c r="H39"/>
+      <c r="I39" s="2">
         <v>44938</v>
       </c>
     </row>
-    <row r="36">
-      <c r="A36">
+    <row r="40">
+      <c r="A40">
         <v>2770</v>
       </c>
-      <c r="B36" t="inlineStr">
+      <c r="B40" t="inlineStr">
         <is>
           <t>Procedura aperta, suddivisa in 6 lotti, finalizzata alla stipula di un contratto per l'affidamento dei servizi assicurativi di vario titolo per la Regione Lazio
 </t>
         </is>
       </c>
-      <c r="C36" t="s">
-[...3 lines deleted...]
-      <c r="E36" s="2">
+      <c r="C40" t="s">
+        <v>47</v>
+      </c>
+      <c r="D40"/>
+      <c r="E40" s="2">
         <v>44991</v>
       </c>
-      <c r="F36"/>
-      <c r="G36" s="2">
+      <c r="F40"/>
+      <c r="G40" s="2">
         <v>44991</v>
       </c>
-      <c r="H36"/>
-      <c r="I36" s="2">
+      <c r="H40"/>
+      <c r="I40" s="2">
         <v>44991</v>
       </c>
     </row>
-    <row r="37">
-      <c r="A37">
+    <row r="41">
+      <c r="A41">
         <v>2768</v>
       </c>
-      <c r="B37" t="inlineStr">
+      <c r="B41" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di fornitura di fornitura di dispositivi per il monitoraggio flash del glucosio e sensori impiantabili per il monitoraggio continuo del glucosio e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie della Regione Lazio. Numero gara 8862699</t>
         </is>
       </c>
-      <c r="C37" t="s">
-[...3 lines deleted...]
-      <c r="E37" s="2">
+      <c r="C41" t="s">
+        <v>48</v>
+      </c>
+      <c r="D41"/>
+      <c r="E41" s="2">
         <v>44984</v>
       </c>
-      <c r="F37"/>
-      <c r="G37" s="2">
+      <c r="F41"/>
+      <c r="G41" s="2">
         <v>44984</v>
       </c>
-      <c r="H37"/>
-      <c r="I37" s="2">
+      <c r="H41"/>
+      <c r="I41" s="2">
         <v>44984</v>
       </c>
-      <c r="J37"/>
-      <c r="K37" s="2">
+      <c r="J41"/>
+      <c r="K41" s="2">
         <v>44984</v>
       </c>
     </row>
-    <row r="38">
-      <c r="A38">
+    <row r="42">
+      <c r="A42">
         <v>2760</v>
       </c>
-      <c r="B38" t="inlineStr">
+      <c r="B42" t="inlineStr">
         <is>
           <t>Procedura aperta, suddivisa in 7 Lotti, finalizzata alla stipula di Convenzioni quadro per l'affidamento dei servizi di Vigilanza armata e guardiania per le Amministrazioni del territorio della Regione Lazio. N. gara 8831195</t>
         </is>
       </c>
-      <c r="C38" t="s">
-[...3 lines deleted...]
-      <c r="E38" s="2">
+      <c r="C42" t="s">
+        <v>49</v>
+      </c>
+      <c r="D42"/>
+      <c r="E42" s="2">
         <v>45194</v>
       </c>
     </row>
-    <row r="39">
-      <c r="A39">
+    <row r="43">
+      <c r="A43">
         <v>2754</v>
       </c>
-      <c r="B39" t="inlineStr">
+      <c r="B43" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni per l'affidamento del servizio di trasporto e conferimento ad impianti di smaltimento dei rifiuti speciali pericolosi e non pericolosi derivanti da attività sanitarie delle Aziende sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara. Numero gara 8808261.
 </t>
         </is>
       </c>
-      <c r="C39" t="s">
-[...3 lines deleted...]
-      <c r="E39" s="2">
+      <c r="C43" t="s">
+        <v>50</v>
+      </c>
+      <c r="D43"/>
+      <c r="E43" s="2">
         <v>45005</v>
       </c>
-      <c r="F39"/>
-      <c r="G39" s="2">
+      <c r="F43"/>
+      <c r="G43" s="2">
         <v>45005</v>
       </c>
-      <c r="H39"/>
-      <c r="I39" s="2">
+      <c r="H43"/>
+      <c r="I43" s="2">
         <v>45005</v>
       </c>
     </row>
-    <row r="40">
-      <c r="A40">
+    <row r="44">
+      <c r="A44">
         <v>2753</v>
       </c>
-      <c r="B40" t="inlineStr">
+      <c r="B44" t="inlineStr">
         <is>
           <t>Procedura aperta per l'affidamento della fornitura del Servizio di mediazione linguistica tramite interpretariato telefonico di emergenza da remoto per le esigenze della Centrale Unica di Risposta 112 N.U.E-edizione 2
 </t>
         </is>
       </c>
-      <c r="C40" t="s">
-[...3 lines deleted...]
-      <c r="E40" s="2">
+      <c r="C44" t="s">
+        <v>51</v>
+      </c>
+      <c r="D44"/>
+      <c r="E44" s="2">
         <v>44966</v>
       </c>
-      <c r="F40"/>
-      <c r="G40" s="2">
+      <c r="F44"/>
+      <c r="G44" s="2">
         <v>44966</v>
       </c>
-      <c r="H40"/>
-      <c r="I40" s="2">
+      <c r="H44"/>
+      <c r="I44" s="2">
         <v>44966</v>
       </c>
     </row>
-    <row r="41">
-      <c r="A41">
+    <row r="45">
+      <c r="A45">
         <v>2751</v>
       </c>
-      <c r="B41" t="s">
-[...6 lines deleted...]
-      <c r="E41" s="2">
+      <c r="B45" t="s">
+        <v>52</v>
+      </c>
+      <c r="C45" t="s">
+        <v>53</v>
+      </c>
+      <c r="D45"/>
+      <c r="E45" s="2">
         <v>44958</v>
       </c>
-      <c r="F41"/>
-      <c r="G41" s="2">
+      <c r="F45"/>
+      <c r="G45" s="2">
         <v>44883</v>
       </c>
-      <c r="H41"/>
-      <c r="I41" s="2">
+      <c r="H45"/>
+      <c r="I45" s="2">
         <v>44883</v>
       </c>
-      <c r="J41"/>
-      <c r="K41" s="2">
+      <c r="J45"/>
+      <c r="K45" s="2">
         <v>44883</v>
       </c>
-      <c r="L41"/>
-      <c r="M41" s="2">
+      <c r="L45"/>
+      <c r="M45" s="2">
         <v>44883</v>
       </c>
     </row>
-    <row r="42">
-      <c r="A42">
+    <row r="46">
+      <c r="A46">
         <v>2745</v>
       </c>
-      <c r="B42" t="inlineStr">
+      <c r="B46" t="inlineStr">
         <is>
           <t>Procedura aperta finalizzata alla stipula di una convenzione volta all'affidamento del servizio di ossigenoterapia domiciliare occorrente alle Aziende Sanitarie della Regione Lazio. Numero gara 8773466.</t>
         </is>
       </c>
-      <c r="C42" t="s">
-[...3 lines deleted...]
-      <c r="E42" s="2">
+      <c r="C46" t="s">
+        <v>54</v>
+      </c>
+      <c r="D46"/>
+      <c r="E46" s="2">
         <v>44957</v>
       </c>
-      <c r="F42"/>
-      <c r="G42" s="2">
+      <c r="F46"/>
+      <c r="G46" s="2">
         <v>44957</v>
       </c>
-      <c r="H42"/>
-      <c r="I42" s="2">
+      <c r="H46"/>
+      <c r="I46" s="2">
         <v>44957</v>
       </c>
-      <c r="J42"/>
-      <c r="K42" s="2">
+      <c r="J46"/>
+      <c r="K46" s="2">
         <v>44957</v>
       </c>
     </row>
-    <row r="43">
-      <c r="A43">
+    <row r="47">
+      <c r="A47">
         <v>2743</v>
       </c>
-      <c r="B43" t="inlineStr">
+      <c r="B47" t="inlineStr">
         <is>
           <t>Intervento di manutenzione straordinaria degli impianti idrovori sul fiume Tevere, situati nel tratto urbano della città di Roma,tra via Salaria e via Flaminia. Lavori concernenti le indagini geotecniche e meccaniche, finalizzate agli adeguamenti strutturali e&amp;nbsp;alla ristrutturazione degli impianti idrovori sopracitati.
 </t>
         </is>
       </c>
-      <c r="C43" t="s">
-[...126 lines deleted...]
-      </c>
       <c r="C47" t="s">
         <v>55</v>
       </c>
       <c r="D47"/>
       <c r="E47" s="2">
-        <v>44855</v>
+        <v>44875</v>
       </c>
       <c r="F47"/>
       <c r="G47" s="2">
-        <v>44855</v>
+        <v>44875</v>
       </c>
       <c r="H47"/>
       <c r="I47" s="2">
-        <v>44855</v>
-[...3 lines deleted...]
-        <v>44855</v>
+        <v>44875</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>2644</v>
+        <v>2709</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di TC 128&amp;nbsp;slice per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8634133</t>
+          <t>Gara comunitaria centralizzata finalizzata alla stipula di una convenzione per l'affidamento del servizio di ristorazione ospedaliera per l'Azienda Ospedaliera San Camillo Forlanini.</t>
         </is>
       </c>
       <c r="C48" t="s">
         <v>56</v>
       </c>
       <c r="D48"/>
       <c r="E48" s="2">
-        <v>44805</v>
+        <v>44900</v>
       </c>
       <c r="F48"/>
       <c r="G48" s="2">
-        <v>44805</v>
+        <v>44900</v>
       </c>
       <c r="H48"/>
       <c r="I48" s="2">
-        <v>44805</v>
+        <v>44900</v>
       </c>
       <c r="J48"/>
       <c r="K48" s="2">
-        <v>44805</v>
+        <v>44900</v>
       </c>
       <c r="L48"/>
       <c r="M48" s="2">
-        <v>44805</v>
+        <v>44900</v>
       </c>
       <c r="N48"/>
       <c r="O48" s="2">
-        <v>44805</v>
+        <v>44900</v>
       </c>
       <c r="P48"/>
       <c r="Q48" s="2">
-        <v>44805</v>
+        <v>44900</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>2622</v>
+        <v>2692</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni quadro per la fornitura di sistemi per la terapia a pressione negativa da destinare alle Aziende sanitarie e ospedaliere della Regione Lazio.&amp;nbsp;</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione di Tomografi a risonanza magnetica per le Aziende Sanitarie e Ospedaliere della Regione Lazio - ID Anac 8681607 Determina di indizione.</t>
         </is>
       </c>
       <c r="C49" t="s">
         <v>57</v>
       </c>
       <c r="D49"/>
       <c r="E49" s="2">
-        <v>44855</v>
+        <v>44859</v>
       </c>
       <c r="F49"/>
       <c r="G49" s="2">
-        <v>44855</v>
+        <v>44853</v>
       </c>
       <c r="H49"/>
       <c r="I49" s="2">
-        <v>44855</v>
+        <v>44853</v>
       </c>
       <c r="J49"/>
       <c r="K49" s="2">
-        <v>44855</v>
+        <v>44853</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" s="2">
+        <v>44853</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>2613</v>
+        <v>2684</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di mammografi digitali con tomosintesi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8590913.</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - Componente M6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di angiografi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara.&amp;nbsp;Numero gara 8659981</t>
         </is>
       </c>
       <c r="C50" t="s">
         <v>58</v>
       </c>
       <c r="D50"/>
       <c r="E50" s="2">
-        <v>44774</v>
+        <v>44837</v>
       </c>
       <c r="F50"/>
       <c r="G50" s="2">
-        <v>44774</v>
+        <v>44837</v>
       </c>
       <c r="H50"/>
       <c r="I50" s="2">
-        <v>44774</v>
+        <v>44837</v>
       </c>
       <c r="J50"/>
       <c r="K50" s="2">
-        <v>44774</v>
+        <v>44837</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>2604</v>
+        <v>2681</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di Accordi Quadro per l'acquisizione e la distribuzione di ausili monouso per stomie da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
+          <t>"Messa in sicurezza Media valle del Tevere a salvaguardia della città di Roma (I stralcio) – lotto 2". Affidamento indagini geognostiche ai sensi dell'art. 36 co. 2 lett. b) del D.Lgs n. 50/2016.</t>
         </is>
       </c>
       <c r="C51" t="s">
         <v>59</v>
       </c>
+      <c r="D51"/>
+      <c r="E51" s="2">
+        <v>44855</v>
+      </c>
+      <c r="F51"/>
+      <c r="G51" s="2">
+        <v>44855</v>
+      </c>
+      <c r="H51"/>
+      <c r="I51" s="2">
+        <v>44855</v>
+      </c>
+      <c r="J51"/>
+      <c r="K51" s="2">
+        <v>44855</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>2597</v>
+        <v>2644</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria, a procedura aperta finalizzata all'acquisizione di acceleratori lineari per le aziende sanitarie e ospedaliere IFO, San Giovanni Addolorata, Roma 1, Viterbo, Frosinone. Numero gara 8501913</t>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di TC 128&amp;nbsp;slice per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8634133</t>
         </is>
       </c>
       <c r="C52" t="s">
         <v>60</v>
       </c>
       <c r="D52"/>
       <c r="E52" s="2">
-        <v>44708</v>
+        <v>44805</v>
       </c>
       <c r="F52"/>
       <c r="G52" s="2">
-        <v>44708</v>
+        <v>44805</v>
       </c>
       <c r="H52"/>
       <c r="I52" s="2">
-        <v>44708</v>
+        <v>44805</v>
       </c>
       <c r="J52"/>
       <c r="K52" s="2">
-        <v>44708</v>
+        <v>44805</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" s="2">
+        <v>44805</v>
+      </c>
+      <c r="N52"/>
+      <c r="O52" s="2">
+        <v>44805</v>
+      </c>
+      <c r="P52"/>
+      <c r="Q52" s="2">
+        <v>44805</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>2576</v>
+        <v>2622</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all'affidamento del servizio di banche dati online di legislazione nazionale e europea, giurisprudenza e dottrina. Prenotazione d'impegno di spesa euro 210.450,00 IVA compresa - Cap. U0000S23424, in favore di Creditori diversi - impegni di spesa per complessivi Euro 2.899,72, sul Cap. U0000S23424 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 in favore del fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (codice 176734), ai sensi dell'art.113 del D.lgs. 50/2016, impegno sul Cap. U0000T19427 di euro 225,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC) es. fin. 2022-2023-2024-2025.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di Convenzioni quadro per la fornitura di sistemi per la terapia a pressione negativa da destinare alle Aziende sanitarie e ospedaliere della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C53" t="s">
         <v>61</v>
       </c>
       <c r="D53"/>
       <c r="E53" s="2">
-        <v>44698</v>
+        <v>44855</v>
       </c>
       <c r="F53"/>
       <c r="G53" s="2">
-        <v>44698</v>
+        <v>44855</v>
       </c>
       <c r="H53"/>
       <c r="I53" s="2">
-        <v>44698</v>
+        <v>44855</v>
+      </c>
+      <c r="J53"/>
+      <c r="K53" s="2">
+        <v>44855</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
+        <v>2613</v>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco tecnologico e digitale ospedaliero - gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione di mammografi digitali con tomosintesi per le Aziende Sanitarie e Ospedaliere della Regione Lazio. Numero gara 8590913.</t>
+        </is>
+      </c>
+      <c r="C54" t="s">
+        <v>62</v>
+      </c>
+      <c r="D54"/>
+      <c r="E54" s="2">
+        <v>44774</v>
+      </c>
+      <c r="F54"/>
+      <c r="G54" s="2">
+        <v>44774</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54" s="2">
+        <v>44774</v>
+      </c>
+      <c r="J54"/>
+      <c r="K54" s="2">
+        <v>44774</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55">
+        <v>2604</v>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, sopra soglia comunitaria, finalizzata alla stipula di Accordi Quadro per l'acquisizione e la distribuzione di ausili monouso per stomie da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="C55" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56">
+        <v>2597</v>
+      </c>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>Piano Nazionale di Ripresa e Resilienza (PNRR) Missione M6 - ComponenteM6C2 - 1.1.2. Ammodernamento del parco&amp;nbsp;tecnologico e digitale ospedaliero - gara comunitaria, a procedura aperta finalizzata all'acquisizione di acceleratori lineari per le aziende sanitarie e ospedaliere IFO, San Giovanni Addolorata, Roma 1, Viterbo, Frosinone. Numero gara 8501913</t>
+        </is>
+      </c>
+      <c r="C56" t="s">
+        <v>64</v>
+      </c>
+      <c r="D56"/>
+      <c r="E56" s="2">
+        <v>44708</v>
+      </c>
+      <c r="F56"/>
+      <c r="G56" s="2">
+        <v>44708</v>
+      </c>
+      <c r="H56"/>
+      <c r="I56" s="2">
+        <v>44708</v>
+      </c>
+      <c r="J56"/>
+      <c r="K56" s="2">
+        <v>44708</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57">
+        <v>2576</v>
+      </c>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>Procedura negoziata, tramite R.D.O. sul M.E.La., finalizzata all'affidamento del servizio di banche dati online di legislazione nazionale e europea, giurisprudenza e dottrina. Prenotazione d'impegno di spesa euro 210.450,00 IVA compresa - Cap. U0000S23424, in favore di Creditori diversi - impegni di spesa per complessivi Euro 2.899,72, sul Cap. U0000S23424 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 in favore del fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (codice 176734), ai sensi dell'art.113 del D.lgs. 50/2016, impegno sul Cap. U0000T19427 di euro 225,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC) es. fin. 2022-2023-2024-2025.</t>
+        </is>
+      </c>
+      <c r="C57" t="s">
+        <v>65</v>
+      </c>
+      <c r="D57"/>
+      <c r="E57" s="2">
+        <v>44698</v>
+      </c>
+      <c r="F57"/>
+      <c r="G57" s="2">
+        <v>44698</v>
+      </c>
+      <c r="H57"/>
+      <c r="I57" s="2">
+        <v>44698</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58">
         <v>2575</v>
       </c>
-      <c r="B54" t="inlineStr">
+      <c r="B58" t="inlineStr">
         <is>
           <t>Procedura aperta per l'affidamento della fornitura del Servizio di mediazione linguistica tramite interpretariato telefonico di emergenza da remoto per le esigenze della Centrale Unica di Risposta 112 N.U.E. Regione Lazio. Prenotazione d'impegno di spesa euro 285.480,00 IVA compresa - Cap. U0000E47922, in favore di Creditori diversi - impegni di spesa per complessivi € 3.481,92 sul Cap. U0000E47922 e relativi accertamenti sui Cap. E0000341559, E0000341562 e E0000341563 in favore del fondo incentivi ex art. 383 sexies R.R. n. 1/2002 (codice 176734), ai sensi dell'art.113 del D.lgs. 50/2016, es. fin. 2022, 2023, 2024, 2025. Impegno sul Cap. U0000T19427 di euro 225,00 in favore dell'Autorità Nazionale Anticorruzione (ANAC)es. fin. 2022 - Indizione di gara e approvazione atti.
 </t>
         </is>
       </c>
-      <c r="C54" t="s">
-[...3 lines deleted...]
-      <c r="E54" s="2">
+      <c r="C58" t="s">
+        <v>66</v>
+      </c>
+      <c r="D58"/>
+      <c r="E58" s="2">
         <v>44680</v>
       </c>
-      <c r="F54"/>
-      <c r="G54" s="2">
+      <c r="F58"/>
+      <c r="G58" s="2">
         <v>44680</v>
       </c>
-      <c r="H54"/>
-      <c r="I54" s="2">
+      <c r="H58"/>
+      <c r="I58" s="2">
         <v>44680</v>
       </c>
-      <c r="J54"/>
-      <c r="K54" s="2">
+      <c r="J58"/>
+      <c r="K58" s="2">
         <v>44679</v>
       </c>
     </row>
-    <row r="55">
-      <c r="A55">
+    <row r="59">
+      <c r="A59">
         <v>2571</v>
       </c>
-      <c r="B55" t="s">
-[...6 lines deleted...]
-      <c r="E55" s="2">
+      <c r="B59" t="s">
+        <v>67</v>
+      </c>
+      <c r="C59" t="s">
+        <v>68</v>
+      </c>
+      <c r="D59"/>
+      <c r="E59" s="2">
         <v>44635</v>
       </c>
-      <c r="F55"/>
-      <c r="G55" s="2">
+      <c r="F59"/>
+      <c r="G59" s="2">
         <v>44635</v>
       </c>
-      <c r="H55"/>
-      <c r="I55" s="2">
+      <c r="H59"/>
+      <c r="I59" s="2">
         <v>44635</v>
       </c>
-      <c r="J55"/>
-      <c r="K55" s="2">
+      <c r="J59"/>
+      <c r="K59" s="2">
         <v>44635</v>
       </c>
     </row>
-    <row r="56">
-      <c r="A56">
+    <row r="60">
+      <c r="A60">
         <v>2556</v>
       </c>
-      <c r="B56" t="inlineStr">
+      <c r="B60" t="inlineStr">
         <is>
           <t>Determina a contrarre, Approvazione atti e indizione gara comunitaria centralizzata a procedura aperta per l'affidamento dei servizi di n.3 centri antiviolenza e di n.3 case rifugio per donne vittime di violenza. Durata affidamento 24 mesi. Prenotazione di spesa euro 1.728.866,88 IVA inclusa sul Capitolo U0000H41976 Missione 12 programma 04 es. fin. 2021-2022-2023. Assunzione impegno di spesa sul cap. U0000T19427 a favore di ANAC (cod. cred. 159683) di € 600,00 - es. fin. 2021. Lotto 1: CIG 8831441FA6 - Lotto 2: CIG 8831460F54 - Lotto 3: CIG 8831470797.</t>
         </is>
       </c>
-      <c r="C56" t="s">
-[...3 lines deleted...]
-      <c r="E56" s="2">
+      <c r="C60" t="s">
+        <v>69</v>
+      </c>
+      <c r="D60"/>
+      <c r="E60" s="2">
         <v>44588</v>
       </c>
     </row>
-    <row r="57">
-      <c r="A57">
+    <row r="61">
+      <c r="A61">
         <v>2550</v>
       </c>
-      <c r="B57" t="inlineStr">
+      <c r="B61" t="inlineStr">
         <is>
           <t>Gara Europea - Procedura aperta ai sensi dell'art. 60 del D.Lgs. 50/2016 per l'affidamento del servizio di verifica della vulnerabilità sismica, l'esecuzione di prove ed indagini e la redazione della progettazione di fattibilità tecnico ed economica degli interventi di adeguamento sismico del complesso di edifici che costituiscono il Centro Direzionale della Regione Lazio sito in via Cristoforo Colombo n. 212 a Roma - CIG 89653519AF. Determinazione di indizione, ai sensi dell'art. 32 del D.lgs. 50/2016 ed approvazione degli atti di gara.
 </t>
         </is>
       </c>
-      <c r="C57" t="s">
-[...3 lines deleted...]
-      <c r="E57" s="2">
+      <c r="C61" t="s">
+        <v>70</v>
+      </c>
+      <c r="D61"/>
+      <c r="E61" s="2">
         <v>44624</v>
       </c>
-      <c r="F57"/>
-      <c r="G57" s="2">
+      <c r="F61"/>
+      <c r="G61" s="2">
         <v>44624</v>
       </c>
-      <c r="H57"/>
-      <c r="I57" s="2">
+      <c r="H61"/>
+      <c r="I61" s="2">
         <v>44624</v>
       </c>
-      <c r="J57"/>
-      <c r="K57" s="2">
+      <c r="J61"/>
+      <c r="K61" s="2">
         <v>44624</v>
       </c>
     </row>
-    <row r="58">
-      <c r="A58">
+    <row r="62">
+      <c r="A62">
         <v>2537</v>
       </c>
-      <c r="B58" t="inlineStr">
+      <c r="B62" t="inlineStr">
         <is>
           <t>Procedura negoziata ai sensi dell'art. 1, comma 2 lett. b) del D.L. n. 76/2020, convertito con modificazioni dalla Legge n. 120/2020, tramite R.d.O. sul M.E.LA., finalizzata all'affidamento del servizio di Responsabile della protezione dei&amp;nbsp;dati personali (RPD) della Giunta regionale". Determina a contrarre. Approvazione atti per indizione gara per l'affidamento del servizio e nomina del Responsabile Unico del Procedimento. Perfezionamento delle prenotazioni, a favore di creditori diversi,&amp;nbsp;n. 1978/2022 per l'importo di € 18.300,00 e n. 529/2023 per l'importo di € 18.300,00 sul Capitolo U0000R13902. CIG: Z6A337E3A2 - esercizi finanziari 2022 e 2023.
 </t>
         </is>
       </c>
-      <c r="C58" t="s">
-[...94 lines deleted...]
-      </c>
       <c r="C62" t="s">
         <v>71</v>
       </c>
       <c r="D62"/>
       <c r="E62" s="2">
-        <v>44635</v>
-[...23 lines deleted...]
-        <v>44635</v>
+        <v>44580</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
+        <v>2503</v>
+      </c>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all’acquisizione del servizio di ventiloterapia domiciliare, occorrente alle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="C63" t="s">
+        <v>72</v>
+      </c>
+      <c r="D63"/>
+      <c r="E63" s="2">
+        <v>44678</v>
+      </c>
+      <c r="F63"/>
+      <c r="G63" s="2">
+        <v>44678</v>
+      </c>
+      <c r="H63"/>
+      <c r="I63" s="2">
+        <v>44678</v>
+      </c>
+      <c r="J63"/>
+      <c r="K63" s="2">
+        <v>44678</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64">
+        <v>2501</v>
+      </c>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per &amp;nbsp;l’acquisizione del servizio CUP occorrente alle Aziende Sanitarie della Regione Lazio. Determina a contrarre. Approvazione schemi atti e indizione gara. Numero gara 8385135</t>
+        </is>
+      </c>
+      <c r="C64" t="s">
+        <v>73</v>
+      </c>
+      <c r="D64"/>
+      <c r="E64" s="2">
+        <v>44684</v>
+      </c>
+      <c r="F64"/>
+      <c r="G64" s="2">
+        <v>44684</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64" s="2">
+        <v>44684</v>
+      </c>
+      <c r="J64"/>
+      <c r="K64" s="2">
+        <v>44684</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" s="2">
+        <v>44684</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65">
+        <v>2497</v>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, suddivisa in 5 lotti, per per la fornitura di microinfusori per insulina, sistemi di monitoraggio CGM e relativo materiale di consumo e servizi connessi occorrenti alle Aziende Sanitarie Locali della Regione Lazio. Numero Gara 8389570.</t>
+        </is>
+      </c>
+      <c r="C65" t="s">
+        <v>74</v>
+      </c>
+      <c r="D65"/>
+      <c r="E65" s="2">
+        <v>44635</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66">
+        <v>2496</v>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Procedura aperta finalizzata alla stipula di una convenzione volta all’affidamento del servizio di trasporto e consegna sangue, emocomponenti, cellule staminali, campioni biologici e materiali per prelievo destinato agli Enti del Servizio Sanitario della Regione Lazio.&amp;nbsp;&amp;nbsp;</t>
+        </is>
+      </c>
+      <c r="C66" t="s">
+        <v>75</v>
+      </c>
+      <c r="D66"/>
+      <c r="E66" s="2">
+        <v>44635</v>
+      </c>
+      <c r="F66"/>
+      <c r="G66" s="2">
+        <v>44635</v>
+      </c>
+      <c r="H66"/>
+      <c r="I66" s="2">
+        <v>44635</v>
+      </c>
+      <c r="J66"/>
+      <c r="K66" s="2">
+        <v>44635</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" s="2">
+        <v>44635</v>
+      </c>
+      <c r="N66"/>
+      <c r="O66" s="2">
+        <v>44635</v>
+      </c>
+      <c r="P66"/>
+      <c r="Q66" s="2">
+        <v>44635</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67">
         <v>2480</v>
       </c>
-      <c r="B63" t="inlineStr">
+      <c r="B67" t="inlineStr">
         <is>
           <t>Procedura aperta per la conclusione di un Accordo Quadro per la fornitura di test genomici ormono-responsivo nelle pazienti con carcinoma mammario in stadio precoce. Approvazione schemi, atti e indizione gara. Nomina RUP - CIG 89983655B4.
 </t>
         </is>
       </c>
-      <c r="C63" t="s">
-[...3 lines deleted...]
-      <c r="E63" s="2">
+      <c r="C67" t="s">
+        <v>76</v>
+      </c>
+      <c r="D67"/>
+      <c r="E67" s="2">
         <v>44602</v>
       </c>
-      <c r="F63"/>
-      <c r="G63" s="2">
+      <c r="F67"/>
+      <c r="G67" s="2">
         <v>44602</v>
       </c>
-      <c r="H63"/>
-      <c r="I63" s="2">
+      <c r="H67"/>
+      <c r="I67" s="2">
         <v>44602</v>
       </c>
     </row>
-    <row r="64">
-      <c r="A64">
+    <row r="68">
+      <c r="A68">
         <v>2444</v>
       </c>
-      <c r="B64" t="inlineStr">
+      <c r="B68" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di dispositivi per emodinamica (esclusi stent) da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio. Numero gara n. 8290914.</t>
         </is>
       </c>
-      <c r="C64" t="s">
-[...3 lines deleted...]
-      <c r="E64" s="2">
+      <c r="C68" t="s">
+        <v>77</v>
+      </c>
+      <c r="D68"/>
+      <c r="E68" s="2">
         <v>44592</v>
       </c>
-      <c r="F64"/>
-      <c r="G64" s="2">
+      <c r="F68"/>
+      <c r="G68" s="2">
         <v>44592</v>
       </c>
-      <c r="H64"/>
-      <c r="I64" s="2">
+      <c r="H68"/>
+      <c r="I68" s="2">
         <v>44592</v>
       </c>
-      <c r="J64"/>
-      <c r="K64" s="2">
+      <c r="J68"/>
+      <c r="K68" s="2">
         <v>44592</v>
       </c>
     </row>
-    <row r="65">
-      <c r="A65">
+    <row r="69">
+      <c r="A69">
         <v>2437</v>
       </c>
-      <c r="B65" t="inlineStr">
+      <c r="B69" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di una convenzione per la fornitura di medicazioni generali da destinare alle Aziende Sanitarie ed Ospedaliere della Regione Lazio.</t>
         </is>
       </c>
-      <c r="C65" t="s">
-[...3 lines deleted...]
-      <c r="E65" s="2">
+      <c r="C69" t="s">
+        <v>78</v>
+      </c>
+      <c r="D69"/>
+      <c r="E69" s="2">
         <v>44581</v>
       </c>
-      <c r="F65"/>
-      <c r="G65" s="2">
+      <c r="F69"/>
+      <c r="G69" s="2">
         <v>44581</v>
       </c>
-      <c r="H65"/>
-      <c r="I65" s="2">
+      <c r="H69"/>
+      <c r="I69" s="2">
         <v>44581</v>
       </c>
-      <c r="J65"/>
-      <c r="K65" s="2">
+      <c r="J69"/>
+      <c r="K69" s="2">
         <v>44581</v>
       </c>
-      <c r="L65"/>
-      <c r="M65" s="2">
+      <c r="L69"/>
+      <c r="M69" s="2">
         <v>44581</v>
       </c>
-      <c r="N65"/>
-      <c r="O65" s="2">
+      <c r="N69"/>
+      <c r="O69" s="2">
         <v>44581</v>
       </c>
-      <c r="P65"/>
-      <c r="Q65" s="2">
+      <c r="P69"/>
+      <c r="Q69" s="2">
         <v>44581</v>
       </c>
     </row>
-    <row r="66">
-      <c r="A66">
+    <row r="70">
+      <c r="A70">
         <v>2420</v>
       </c>
-      <c r="B66" t="inlineStr">
+      <c r="B70" t="inlineStr">
         <is>
           <t>Servizi di Vigilanza Armata presso le sedi dei Centri per l’Impiego (CPI), gli Sportelli Agricoli di Zona (SAZ) e gli Sportelli Territoriali del Turismo (STT) siti nella Regione Lazio con esclusione del territorio del Comune di Roma e dei servizi di Vigilanza Armata e Guardiania presso le sedi del Policlinico Umberto I</t>
         </is>
       </c>
-      <c r="C66" t="s">
-[...3 lines deleted...]
-      <c r="E66" s="2">
+      <c r="C70" t="s">
+        <v>79</v>
+      </c>
+      <c r="D70"/>
+      <c r="E70" s="2">
         <v>44581</v>
       </c>
     </row>
-    <row r="67">
-      <c r="A67">
+    <row r="71">
+      <c r="A71">
         <v>2372</v>
       </c>
-      <c r="B67" t="inlineStr">
+      <c r="B71" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili". Intervento A0100E0071. "Scuola Giardinieri" Via di Porta San Sebastiano, 2 nel Comune di Roma Capitale. Affidamento dei servizi di ingegneria e architettura di importo inferiore a € 5.000,00 ai sensi dell'art. 1, comma 2, lett. a) D.L. n. 76/2020, convertito in L. n. 120/2020 - Incarico per la redazione dell'Attestato di Prestazione Energetica. Disimpegno di € 881,66 ed attribuzione impegni nn 156877/2021, 157035/2021 e 15449/2021 rispettivamente dei Capitoli U0000A42200, U0000A42201 U0000A42202 a favore dell'arch. Andrea Baliva (cod. cred.198006). CUP F87D17000870009 CIG 876750452E
 </t>
         </is>
       </c>
-      <c r="C67" t="s">
-[...4 lines deleted...]
-      <c r="A68">
+      <c r="C71" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72">
         <v>2371</v>
       </c>
-      <c r="B68" t="s">
-[...7 lines deleted...]
-      <c r="A69">
+      <c r="B72" t="s">
+        <v>81</v>
+      </c>
+      <c r="C72" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73">
         <v>2370</v>
       </c>
-      <c r="B69" t="inlineStr">
+      <c r="B73" t="inlineStr">
         <is>
           <t>Avviso di indagine di mercato ai sensi degli artt. 36, comma 2, lett. b) e 66 del D.Lgs. 50/2016 e Linee Guida n. 4 dell’A.N.A.C., approvate dal Consiglio dell’Autorità con Delibera n. 1097 del 26/10/2016, finalizzata all’individuazione di operatori economici da invitare alla procedura negoziata per la fornitura del servizio di assistenza sui sistemi software "Anagrafe Regionale dell'Edilizia Scolastica” e “InfraMob".
 </t>
         </is>
       </c>
-      <c r="C69" t="s">
-[...4 lines deleted...]
-      <c r="A70">
+      <c r="C73" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74">
         <v>2368</v>
       </c>
-      <c r="B70" t="inlineStr">
+      <c r="B74" t="inlineStr">
         <is>
           <t>Procedura di gara aperta per la stipula di Convenzioni Quadro ai sensi dell'art. 1, comma 456, della L. 296/2006, per l'affidamento del "Servizio di noleggio a lungo termine, senza conducente, di veicoli di servizio a ridotto impatto ambientale e a basso consumo energetico a favore delle Strutture della Giunta Regionale e degli Enti dipendenti e delle Società partecipate della Regione Lazio".
 </t>
         </is>
       </c>
-      <c r="C70" t="s">
-[...4 lines deleted...]
-      <c r="A71">
+      <c r="C74" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75">
         <v>2367</v>
       </c>
-      <c r="B71" t="inlineStr">
+      <c r="B75" t="inlineStr">
         <is>
           <t>Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art.1, comma 2, lettera b) della Legge 11 settembre 2020, n.120, previa indagine esplorativa del mercato, del servizio di Coordinamento della Sicurezza in fase di Esecuzione nell'ambito della realizzazione delle "Opere di collettamento e depurazione relativamente ai poli di Civita Castellana, Sutri e Vignanello - I Lotto". CUP F73J08000040001 - CIG 8756097FD0. Approvazione atti di gara - Rettifica determinazione n. G05898 del 18.05.2021.
 </t>
         </is>
       </c>
-      <c r="C71" t="s">
-[...78 lines deleted...]
-      </c>
       <c r="C75" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
+        <v>2366</v>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per la fornitura di antisettici e disinfettanti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8195854.</t>
+        </is>
+      </c>
+      <c r="C76" t="s">
+        <v>86</v>
+      </c>
+      <c r="D76"/>
+      <c r="E76" s="2">
+        <v>44609</v>
+      </c>
+      <c r="F76"/>
+      <c r="G76" s="2">
+        <v>44525</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77">
+        <v>2365</v>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. "Lavori di efficientamento energetico da eseguirsi presso la «Scuola Elementare Melogrosso», nel Comune di Sezze (LT)" - Dossier LI-ES2-2960292, Intervento A0100E0119. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli U0000A42134-U0000A42135- U0000A42136, nomina Direttore Lavori, e CSE. CUP F14D17000400006 - CIG 8780888A00</t>
+        </is>
+      </c>
+      <c r="C77" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78">
+        <v>2364</v>
+      </c>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di Convenzioni Quadro per l'acquisizione e distribuzione di Ausili per incontinenti per le esigenze delle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="C78" t="s">
+        <v>88</v>
+      </c>
+      <c r="D78"/>
+      <c r="E78" s="2">
+        <v>44557</v>
+      </c>
+      <c r="F78"/>
+      <c r="G78" s="2">
+        <v>44551</v>
+      </c>
+      <c r="H78"/>
+      <c r="I78" s="2">
+        <v>44551</v>
+      </c>
+      <c r="J78"/>
+      <c r="K78" s="2">
+        <v>44551</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" s="2">
+        <v>44551</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79">
+        <v>2361</v>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014 - 2020. Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili", Dossier LI-ES2-1110067_Intervento A0100E0371, e lavori di ristrutturazione presso gli "Uffici Pubblici Ex ASL" sito in Via Garibaldi 7 nel Comune di Monterotondo (RM) da destinare a sede della Compagnia Guardia di Finanza.Affidamento del servizio di pubblicazione dell'Avviso Pubblico per manifestazione di interesse.Impegno di € 1.653,47= sul Capitolo U0000S23427, ) in favore della Lexmedia S.r.l. (cod creditore 112034).CUP F97H17001940002_ Z853201865</t>
+        </is>
+      </c>
+      <c r="C79" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80">
         <v>2360</v>
       </c>
-      <c r="B76" t="inlineStr">
+      <c r="B80" t="inlineStr">
         <is>
           <t>Progetto STAR-Cities -Sustainable Tourism for Attractivity of Riverside Cities. Programma di Cooperazione Territoriale Europea Interreg Europe 2014-2020 - CUP F79F18000200006 ? SmartCIG ZF92D3ED84. Affidamento di incarico esterno per lo sviluppo di linee guida e modelli comuni tra i partner, per la preparazione dei piani d'azione e il successivo monitoraggio nella fase 2 del Progetto. Procedura di acquisizione sotto soglia, ai sensi dell'art. 36 del D.Lgs. 50/2016 ss. mm. ii., con l'utilizzo della piattaforma MEPA/Consip. Determinazione a contrarre. Approvazione del documento tecnico e impegno di spesa, a favore di Creditori diversi, di euro 20.000,00 (IVA ed oneri compresi) sui capitoli A33180 e A33181 - Es. Fin. 2020.
 </t>
         </is>
       </c>
-      <c r="C76" t="s">
-[...4 lines deleted...]
-      <c r="A77">
+      <c r="C80" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81">
         <v>2359</v>
       </c>
-      <c r="B77" t="inlineStr">
+      <c r="B81" t="inlineStr">
         <is>
           <t>Contratto di servizio per l'affidamento dei servizi pubblici di cabotaggio marittimo di collegamento con le isole dell'arcipelago pontino, sottoscritto tra la Regione Lazio e la Laziomar S.p.A. in data 15/01/2014. Approvazione del nuovo programma d'esercizio e Approvazione schema di Atto Aggiuntivo per il periodo 01.06.2021 - 31.05.2022.
 </t>
         </is>
       </c>
-      <c r="C77" t="s">
-[...4 lines deleted...]
-      <c r="A78">
+      <c r="C81" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82">
         <v>2358</v>
       </c>
-      <c r="B78" t="inlineStr">
+      <c r="B82" t="inlineStr">
         <is>
           <t>Lavori di manutenzione straordinaria e riqualificazione architettonica di beni immobili appartenenti o in uso alla Regione Lazio per il triennio 2021/2024 suddiviso in 3 Lotti funzionali.
 </t>
         </is>
       </c>
-      <c r="C78" t="s">
-[...4 lines deleted...]
-      <c r="A79">
+      <c r="C82" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83">
         <v>2357</v>
       </c>
-      <c r="B79" t="inlineStr">
+      <c r="B83" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento della fornitura di prodotti nutrizionali da somministrare per via enterale e/o os e latti occorrenti alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;Numero Gara 8183575
 </t>
         </is>
       </c>
-      <c r="C79" t="s">
-[...3 lines deleted...]
-      <c r="E79" s="2">
+      <c r="C83" t="s">
+        <v>93</v>
+      </c>
+      <c r="D83"/>
+      <c r="E83" s="2">
         <v>44530</v>
       </c>
-      <c r="F79"/>
-      <c r="G79" s="2">
+      <c r="F83"/>
+      <c r="G83" s="2">
         <v>44480</v>
       </c>
-      <c r="H79"/>
-      <c r="I79" s="2">
+      <c r="H83"/>
+      <c r="I83" s="2">
         <v>44480</v>
       </c>
-      <c r="J79"/>
-      <c r="K79" s="2">
+      <c r="J83"/>
+      <c r="K83" s="2">
         <v>44480</v>
       </c>
-      <c r="L79"/>
-      <c r="M79" s="2">
+      <c r="L83"/>
+      <c r="M83" s="2">
         <v>44480</v>
       </c>
-      <c r="N79"/>
-      <c r="O79" s="2">
+      <c r="N83"/>
+      <c r="O83" s="2">
         <v>44480</v>
       </c>
-      <c r="P79"/>
-      <c r="Q79" s="2">
+      <c r="P83"/>
+      <c r="Q83" s="2">
         <v>44480</v>
       </c>
-      <c r="R79"/>
-      <c r="S79" s="2">
+      <c r="R83"/>
+      <c r="S83" s="2">
         <v>44480</v>
       </c>
     </row>
-    <row r="80">
-      <c r="A80">
+    <row r="84">
+      <c r="A84">
         <v>2356</v>
       </c>
-      <c r="B80" t="inlineStr">
+      <c r="B84" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta per l'affidamento del servizio di tesoreria occorrente alle Aziende Sanitarie della Regione Lazio. Numero Gara 8179103
 </t>
         </is>
       </c>
-      <c r="C80" t="s">
-[...4 lines deleted...]
-      <c r="A81">
+      <c r="C84" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85">
         <v>2355</v>
       </c>
-      <c r="B81" t="inlineStr">
+      <c r="B85" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Dossier LI-ES2-2160153 - Intervento A0100E0072, presso la Scuola Elementare Nino Manfredi sita in Via Corropoli n. 122, Roma Capitale. Determina a contrarre ed approvazione atti di gara per l'affidamento dei lavori. Impegno ANAC di € 225,00= sui capitoli A42134-A42135-A42136, nomina Direttore Lavori, e CSE. CUP F87D18000550006 CIG 8770330146
 </t>
         </is>
       </c>
-      <c r="C81" t="s">
-[...4 lines deleted...]
-      <c r="A82">
+      <c r="C85" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86">
         <v>2354</v>
       </c>
-      <c r="B82" t="inlineStr">
+      <c r="B86" t="inlineStr">
         <is>
           <t>Gestione del servizio di trasporto pubblico ferroviario di interesse regionale e locale sulle ferrovie Regionali Roma-Lido, Roma-Viterbo e Roma-Giardinetti. Presa d’atto del servizio svolto da ATAC S.p.A., in regime di proroga del Contratto di servizio relativo al biennio 2017-2019, nelle more del perfezionamento del subentro delle società regionali in house COTRAL S.p.A. e ASTRAL S.p.A. in attuazione delle DGR 688/2019, 288/2020 e 926/2020.
 </t>
         </is>
       </c>
-      <c r="C82" t="s">
-[...4 lines deleted...]
-      <c r="A83">
+      <c r="C86" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87">
         <v>2353</v>
       </c>
-      <c r="B83" t="inlineStr">
+      <c r="B87" t="inlineStr">
         <is>
           <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento codice 593 denominato "Lavori straordinari ed urgenti di manutenzione dell'alveo del fosso Vallerano dal GRA alla confluenza con il fiume Tevere". Approvazione modifica del contratto in corso di efficacia ai sensi dell'art. 106, comma 1 lettera b) del Dlgs 50/2016. CUP F85H20000110002. CIG Z962FA9658.
 </t>
         </is>
       </c>
-      <c r="C83" t="s">
-[...4 lines deleted...]
-      <c r="A84">
+      <c r="C87" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88">
         <v>2352</v>
       </c>
-      <c r="B84" t="inlineStr">
+      <c r="B88" t="inlineStr">
         <is>
           <t>POR FESR 2014-2020 - Call for proposal “Energia sostenibile 2.0” - Azione 4.1.1Affidamento diretto dei servizi di ingegneria ed architettura di importo inferiore a 5.000,00 euro, ai sensi dell’art. 1, comma 2, lett. a) del D.L. n. 76 del 16/07/2020, convertito, con modificazioni, dalla Legge n. 120 dell’11/09/2020 AVVISO OPERAZIONI DI PUBBLICO SORTEGGIO per l’individuazione degli Operatori Economici abilitati alla Certificazione Energetica degli Edifici (A.P.E.) iscritti nell’Elenco approvato con Determinazione n. G01128 del 08/02/2021, e successiva Determinazione di rettifica n. G01735 del 19/03/2021
 </t>
         </is>
       </c>
-      <c r="C84" t="s">
-[...4 lines deleted...]
-      <c r="A85">
+      <c r="C88" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89">
         <v>2351</v>
       </c>
-      <c r="B85" t="s">
-[...7 lines deleted...]
-      <c r="A86">
+      <c r="B89" t="s">
+        <v>99</v>
+      </c>
+      <c r="C89" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90">
         <v>2350</v>
       </c>
-      <c r="B86" t="inlineStr">
+      <c r="B90" t="inlineStr">
         <is>
           <t>Eliminazione del degrado igienico sanitario ed ambientale e ripristino delle condizioni di sicurezza idraulica delle aree site in Roma nei pressi di Ponte Marconi prospiciente lungotevere di Pietra Papa nonché dell’area prospiciente il Parco della Magliana, con abbattimento di manufatti precari, taglio della vegetazione e raccolta dei rifiuti, carico e trasporto ai centri di trattamento con avvio al recupero e/o smaltimento.
 </t>
         </is>
       </c>
-      <c r="C86" t="s">
-[...4 lines deleted...]
-      <c r="A87">
+      <c r="C90" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91">
         <v>2349</v>
       </c>
-      <c r="B87" t="inlineStr">
+      <c r="B91" t="inlineStr">
         <is>
           <t>FORUM P.A. 2021 (21-25 giugno). Realizzazione di una rubrica quotidiana online di 40' sulla piattaforma dedicata del Forum. Impegno di € 24.400,00 (Iva inclusa). Capitolo R31902 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
-      <c r="C87" t="s">
-[...4 lines deleted...]
-      <c r="A88">
+      <c r="C91" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92">
         <v>2348</v>
       </c>
-      <c r="B88" t="inlineStr">
+      <c r="B92" t="inlineStr">
         <is>
           <t>Affidamento diretto ai sensi dell'art. 36, co. 2, lett. a) del d.lgs n.50 del 2016, per la concessione di licenza d'uso di "IOPythagoras",a scopi analitici e di valutazione per l'anno 2021, a favore di IRPET.
 </t>
         </is>
       </c>
-      <c r="C88" t="s">
-[...4 lines deleted...]
-      <c r="A89">
+      <c r="C92" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93">
         <v>2347</v>
       </c>
-      <c r="B89" t="inlineStr">
+      <c r="B93" t="inlineStr">
         <is>
           <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
 </t>
         </is>
       </c>
-      <c r="C89" t="s">
-[...51 lines deleted...]
-      <c r="B92" t="s">
+      <c r="C93" t="s">
         <v>104</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="94">
       <c r="A94">
+        <v>2341</v>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e il coordinamento della sicurezza in fase di progettazione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale Ordinanza n. 109 del 21/11/2020 - codice intervento n. 354. Determina a contrarre ed approvazione degli atti di gara. CUP F74J20000010005 - CIG 8699012BC9</t>
+        </is>
+      </c>
+      <c r="C94" t="s">
+        <v>105</v>
+      </c>
+      <c r="D94"/>
+      <c r="E94" s="2">
+        <v>44456</v>
+      </c>
+      <c r="F94"/>
+      <c r="G94" s="2">
+        <v>44456</v>
+      </c>
+      <c r="H94"/>
+      <c r="I94" s="2">
+        <v>44456</v>
+      </c>
+      <c r="J94"/>
+      <c r="K94" s="2">
+        <v>44456</v>
+      </c>
+      <c r="L94"/>
+      <c r="M94" s="2">
+        <v>44456</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95">
+        <v>2338</v>
+      </c>
+      <c r="B95" t="s">
+        <v>106</v>
+      </c>
+      <c r="C95" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96">
+        <v>2335</v>
+      </c>
+      <c r="B96" t="s">
+        <v>108</v>
+      </c>
+      <c r="C96" t="s">
+        <v>109</v>
+      </c>
+      <c r="D96"/>
+      <c r="E96" s="2">
+        <v>44377</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97">
+        <v>2334</v>
+      </c>
+      <c r="B97" t="s">
+        <v>110</v>
+      </c>
+      <c r="C97" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98">
         <v>2329</v>
       </c>
-      <c r="B94" t="inlineStr">
+      <c r="B98" t="inlineStr">
         <is>
           <t>Interventi per la riqualificazione, pulizia e bonifica delle aree golenali del tratto del Fiume Tevere. “Sistemazione di un’area ricreativa a Marconi e Parco Tevere Magliana – 2 stralcio”. Nomina di responsabile unico del procedimento (R.U.P.) dell’Ing. Antonio Battaglino ai sensi dell'art. 31 del D.lgs. n. 50/2016&amp;nbsp;CUP: F83B19000300002
 </t>
         </is>
       </c>
-      <c r="C94" t="s">
-[...4 lines deleted...]
-      <c r="A95">
+      <c r="C98" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99">
         <v>2316</v>
       </c>
-      <c r="B95" t="inlineStr">
+      <c r="B99" t="inlineStr">
         <is>
           <t>Lavori di rifacimento di rifacimento di parte delle condotte idriche degli acquedotti regionali di Palidoro, Castel di Guido, Paola Merla, Malagrotta, Cecanibbio, Massimina. 
 </t>
         </is>
       </c>
-      <c r="C95" t="s">
-[...4 lines deleted...]
-      <c r="A96">
+      <c r="C99" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100">
         <v>2303</v>
       </c>
-      <c r="B96" t="inlineStr">
+      <c r="B100" t="inlineStr">
         <is>
           <t>Procedura aperta ai sensi dell’art. 60 del D.lgs. n. 50/2016 finalizzata all'affidamento del “servizio di progettazione concernente lo studio delle portate di deflusso dei fossi e collettori immissari degli impianti idrovori di via Salaria e via Flaminia sul fiume Tevere, la realizzazione delle nuove apparecchiature elettromeccaniche di sollevamento e l'adeguamento strutturale degli edifici e delle pertinenze costituenti i medesimi impianti idrovori”, rientrante nell'ambito dell’intervento di manutenzione straordinaria degli impianti idrovori sul fiume Tevere, situati nel tratto urbano della città di Roma tra Via Salaria e Via Flaminia. Pubblicazione documentazione di gara
 </t>
         </is>
       </c>
-      <c r="C96" t="s">
-[...3 lines deleted...]
-      <c r="E96" s="2">
+      <c r="C100" t="s">
+        <v>114</v>
+      </c>
+      <c r="D100"/>
+      <c r="E100" s="2">
         <v>44343</v>
       </c>
-      <c r="F96"/>
-      <c r="G96" s="2">
+      <c r="F100"/>
+      <c r="G100" s="2">
         <v>44343</v>
       </c>
-      <c r="H96"/>
-      <c r="I96" s="2">
+      <c r="H100"/>
+      <c r="I100" s="2">
         <v>44343</v>
       </c>
-      <c r="J96"/>
-      <c r="K96" s="2">
+      <c r="J100"/>
+      <c r="K100" s="2">
         <v>44343</v>
       </c>
     </row>
-    <row r="97">
-      <c r="A97">
+    <row r="101">
+      <c r="A101">
         <v>2291</v>
       </c>
-      <c r="B97" t="inlineStr">
+      <c r="B101" t="inlineStr">
         <is>
           <t>Servizio di caratterizzazione integrativa e analisi di rischio sito specifica dell'ex discarica ubicata in località "Facciano" in agro del Comune di Pignataro Interamna (FR). Determinazione a contrarre finalizzata all'affidamento, ai sensi dell'art. 36, comma 2, lettera b) del D.lgs. n. 50/2016, previa indagine esplorativa del mercato, approvazione progetto, atti di gara e nomina RUP. Approvazione q.e. rimodulato e autorizzazione agli impegni sul capitolo E32504 per un importo totale di € 131.944,82 così suddiviso: a favore di creditori diversi per € 130.555,88 e a favore del Fondo Incentivi ex art. 383 sexies R.R. n. 1/2002 per l'importo di €1.388,94, bilancio regionale e.f. 2020.
 </t>
         </is>
       </c>
-      <c r="C97" t="s">
-[...4 lines deleted...]
-      <c r="A98">
+      <c r="C101" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102">
         <v>2290</v>
       </c>
-      <c r="B98" t="inlineStr">
+      <c r="B102" t="inlineStr">
         <is>
           <t>POR FESR LAZIO 2014-2020. Progetto A0102E0001. Gara europea a procedura aperta ai sensi degli artt. 157 c. 2 e 60 del Decreto Legislativo 18 aprile 2016, n. 50, per l'affidamento dell'incarico dell'Ufficio Direzione Lavori e Coordinamento della&amp;nbsp;sicurezza in fase di esecuzione, relativo ai lavori di "efficientamento energetico dell'edificio sede della Giunta Regionale della Regione Lazio sito in via Cristoforo Colombo 212 - Roma". CUP F82B17002490009 (ex F89B17000260009) - CIG 84501303DF. Determinazione di indizione, ai sensi dell'art. 32 del D.lgs. 50/2016 ed approvazione degli atti di gara.
 </t>
         </is>
       </c>
-      <c r="C98" t="s">
-[...5 lines deleted...]
-      <c r="E98" s="2">
+      <c r="C102" t="s">
+        <v>116</v>
+      </c>
+      <c r="D102" t="s">
+        <v>117</v>
+      </c>
+      <c r="E102" s="2">
         <v>44301</v>
       </c>
-      <c r="F98" t="s">
-[...2 lines deleted...]
-      <c r="G98" s="2">
+      <c r="F102" t="s">
+        <v>118</v>
+      </c>
+      <c r="G102" s="2">
         <v>44301</v>
       </c>
-      <c r="H98" t="s">
-[...2 lines deleted...]
-      <c r="I98" s="2">
+      <c r="H102" t="s">
+        <v>119</v>
+      </c>
+      <c r="I102" s="2">
         <v>44301</v>
       </c>
-      <c r="J98" t="s">
-[...2 lines deleted...]
-      <c r="K98" s="2">
+      <c r="J102" t="s">
+        <v>120</v>
+      </c>
+      <c r="K102" s="2">
         <v>44301</v>
-      </c>
-[...128 lines deleted...]
-        <v>44329</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>2218</v>
+        <v>2288</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, ai sensi dell'art. 60 del D. Lgs. N° 50/2016 e s.m.i., per l'affidamento di un Accordo Quadro, ai sensi e per gli effetti dell'art. 54 comma 4, lett. a) del d. lgs. n. 50/2016, avente ad oggetto la fornitura di suture chirurgiche tradizionali occorrenti alle Aziende Sani-tarie della Regione Lazio. Determinazione a contrarre, provvedimento di indizione e approvazione atti di gara e nomina del Responsabile Unico del Procedimento. N.ro Gara 7982276</t>
+          <t>Procedura negoziata ex art. 63 del D.Lgs. n. 50/2016 [art. 1, comma 2, lett. b) del D.L. n. 76/2020 conv. in L. n. 120/2020] per l'acquisizione del servizio 'Valutazione indipendente del POR FSE Lazio 2014-2020'</t>
         </is>
       </c>
       <c r="C103" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="D103" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="E103" s="2">
-        <v>44253</v>
+        <v>44225</v>
       </c>
       <c r="F103" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
       <c r="G103" s="2">
-        <v>44253</v>
+        <v>44225</v>
       </c>
       <c r="H103" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="I103" s="2">
-        <v>44253</v>
+        <v>44225</v>
       </c>
       <c r="J103" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="K103" s="2">
-        <v>44253</v>
-[...17 lines deleted...]
-        <v>44253</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>2215</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>2287</v>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>Procedura negoziata, suddivisa in lotti, ex art. 36, comma 2, lett. b) del D.Lgs. 18 aprile 2016, n. 50 per l'acquisizione tramite MePA del servizio di valutazione tematica del POR Lazio FSE 2014-2020 - Impegno complessivo di spesa di € 134.200,00 IVA inclusa in favore di CREDITORI DIVERSI (cod. creditore 3805), - Attuazione del Programma Operativo 2014-2020 della Regione Lazio FSE - Asse 5 – Assistenza tecnica - Obiettivo specifico AT2.</t>
+        </is>
       </c>
       <c r="C104" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="D104" t="s">
-        <v>140</v>
+        <v>122</v>
       </c>
       <c r="E104" s="2">
-        <v>44175</v>
+        <v>44225</v>
       </c>
       <c r="F104" t="s">
-        <v>141</v>
+        <v>127</v>
       </c>
       <c r="G104" s="2">
-        <v>44175</v>
+        <v>44225</v>
       </c>
       <c r="H104" t="s">
-        <v>142</v>
+        <v>128</v>
       </c>
       <c r="I104" s="2">
-        <v>44175</v>
+        <v>44225</v>
       </c>
       <c r="J104" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="K104" s="2">
-        <v>44175</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>2209</v>
+        <v>2286</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>SiGeM –Sistema Informativo di Gestione e Monitoraggio dei PO FSE e FESR Lazio. Realizzazione delle attività previste dalla fase 2 dello SFAT a valere sul POR FESR Lazio 2021-2027.</t>
+          <t>Procedura per l'acquisizione del servizio di valutazione tematica del POR Lazio FSE 2014/2020 - Impegno complessivo di spesa di € 268.400,00 IVA inclusa – Attuazione del Programma Operativo 2014-2020 della Regione Lazio – FSE- Asse 5 – Assistenza tecnica - Obiettivo specifico AT2.</t>
         </is>
       </c>
       <c r="C105" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="D105" t="s">
-        <v>145</v>
+        <v>123</v>
       </c>
       <c r="E105" s="2">
-        <v>44244</v>
+        <v>44225</v>
       </c>
       <c r="F105" t="s">
-        <v>146</v>
+        <v>130</v>
       </c>
       <c r="G105" s="2">
-        <v>44244</v>
+        <v>44225</v>
       </c>
       <c r="H105" t="s">
-        <v>147</v>
+        <v>131</v>
       </c>
       <c r="I105" s="2">
-        <v>44244</v>
+        <v>44225</v>
       </c>
       <c r="J105" t="s">
-        <v>148</v>
+        <v>132</v>
       </c>
       <c r="K105" s="2">
-        <v>44244</v>
+        <v>44225</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
+        <v>2220</v>
+      </c>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta per l'acquisizione e la distribuzione di cannule e cateteri da destinare in assistenza territoriale ai pazienti delle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="C106" t="s">
+        <v>133</v>
+      </c>
+      <c r="D106" t="s">
+        <v>134</v>
+      </c>
+      <c r="E106" s="2">
+        <v>44329</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107">
+        <v>2218</v>
+      </c>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta, ai sensi dell'art. 60 del D. Lgs. N° 50/2016 e s.m.i., per l'affidamento di un Accordo Quadro, ai sensi e per gli effetti dell'art. 54 comma 4, lett. a) del d. lgs. n. 50/2016, avente ad oggetto la fornitura di suture chirurgiche tradizionali occorrenti alle Aziende Sani-tarie della Regione Lazio. Determinazione a contrarre, provvedimento di indizione e approvazione atti di gara e nomina del Responsabile Unico del Procedimento. N.ro Gara 7982276</t>
+        </is>
+      </c>
+      <c r="C107" t="s">
+        <v>135</v>
+      </c>
+      <c r="D107" t="s">
+        <v>136</v>
+      </c>
+      <c r="E107" s="2">
+        <v>44253</v>
+      </c>
+      <c r="F107" t="s">
+        <v>137</v>
+      </c>
+      <c r="G107" s="2">
+        <v>44253</v>
+      </c>
+      <c r="H107" t="s">
+        <v>137</v>
+      </c>
+      <c r="I107" s="2">
+        <v>44253</v>
+      </c>
+      <c r="J107" t="s">
+        <v>138</v>
+      </c>
+      <c r="K107" s="2">
+        <v>44253</v>
+      </c>
+      <c r="L107" t="s">
+        <v>139</v>
+      </c>
+      <c r="M107" s="2">
+        <v>44253</v>
+      </c>
+      <c r="N107" t="s">
+        <v>140</v>
+      </c>
+      <c r="O107" s="2">
+        <v>44253</v>
+      </c>
+      <c r="P107" t="s">
+        <v>141</v>
+      </c>
+      <c r="Q107" s="2">
+        <v>44253</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108">
+        <v>2215</v>
+      </c>
+      <c r="B108" t="s">
+        <v>142</v>
+      </c>
+      <c r="C108" t="s">
+        <v>143</v>
+      </c>
+      <c r="D108" t="s">
+        <v>144</v>
+      </c>
+      <c r="E108" s="2">
+        <v>44175</v>
+      </c>
+      <c r="F108" t="s">
+        <v>145</v>
+      </c>
+      <c r="G108" s="2">
+        <v>44175</v>
+      </c>
+      <c r="H108" t="s">
+        <v>146</v>
+      </c>
+      <c r="I108" s="2">
+        <v>44175</v>
+      </c>
+      <c r="J108" t="s">
+        <v>147</v>
+      </c>
+      <c r="K108" s="2">
+        <v>44175</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109">
+        <v>2209</v>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>SiGeM –Sistema Informativo di Gestione e Monitoraggio dei PO FSE e FESR Lazio. Realizzazione delle attività previste dalla fase 2 dello SFAT a valere sul POR FESR Lazio 2021-2027.</t>
+        </is>
+      </c>
+      <c r="C109" t="s">
+        <v>148</v>
+      </c>
+      <c r="D109" t="s">
+        <v>149</v>
+      </c>
+      <c r="E109" s="2">
+        <v>44244</v>
+      </c>
+      <c r="F109" t="s">
+        <v>150</v>
+      </c>
+      <c r="G109" s="2">
+        <v>44244</v>
+      </c>
+      <c r="H109" t="s">
+        <v>151</v>
+      </c>
+      <c r="I109" s="2">
+        <v>44244</v>
+      </c>
+      <c r="J109" t="s">
+        <v>152</v>
+      </c>
+      <c r="K109" s="2">
+        <v>44244</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110">
         <v>2196</v>
       </c>
-      <c r="B106" t="inlineStr">
+      <c r="B110" t="inlineStr">
         <is>
           <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del d. lgs. n 50/2016 e s.m.i., finalizzata alla stipula di un accordo quadro per la fornitura di medicazioni generali ed avanzate occorrenti alle Aziende Sanitarie della Regione Lazio.
 </t>
         </is>
       </c>
-      <c r="C106" t="s">
-[...5 lines deleted...]
-      <c r="E106" s="2">
+      <c r="C110" t="s">
+        <v>153</v>
+      </c>
+      <c r="D110" t="s">
+        <v>154</v>
+      </c>
+      <c r="E110" s="2">
         <v>44179</v>
       </c>
-      <c r="F106" t="s">
-[...2 lines deleted...]
-      <c r="G106" s="2">
+      <c r="F110" t="s">
+        <v>155</v>
+      </c>
+      <c r="G110" s="2">
         <v>44179</v>
       </c>
-      <c r="H106" t="s">
-[...2 lines deleted...]
-      <c r="I106" s="2">
+      <c r="H110" t="s">
+        <v>156</v>
+      </c>
+      <c r="I110" s="2">
         <v>44179</v>
       </c>
-      <c r="J106" t="s">
-[...2 lines deleted...]
-      <c r="K106" s="2">
+      <c r="J110" t="s">
+        <v>157</v>
+      </c>
+      <c r="K110" s="2">
         <v>44179</v>
       </c>
     </row>
-    <row r="107">
-      <c r="A107">
+    <row r="111">
+      <c r="A111">
         <v>2179</v>
       </c>
-      <c r="B107" t="s">
-[...8 lines deleted...]
-      <c r="E107" s="2">
+      <c r="B111" t="s">
+        <v>142</v>
+      </c>
+      <c r="C111" t="s">
+        <v>158</v>
+      </c>
+      <c r="D111" t="s">
+        <v>159</v>
+      </c>
+      <c r="E111" s="2">
         <v>44162</v>
       </c>
-      <c r="F107" t="s">
-[...2 lines deleted...]
-      <c r="G107" s="2">
+      <c r="F111" t="s">
+        <v>160</v>
+      </c>
+      <c r="G111" s="2">
         <v>44162</v>
       </c>
-      <c r="H107" t="s">
-[...2 lines deleted...]
-      <c r="I107" s="2">
+      <c r="H111" t="s">
+        <v>161</v>
+      </c>
+      <c r="I111" s="2">
         <v>44162</v>
       </c>
-      <c r="J107" t="s">
-[...2 lines deleted...]
-      <c r="K107" s="2">
+      <c r="J111" t="s">
+        <v>162</v>
+      </c>
+      <c r="K111" s="2">
         <v>44162</v>
       </c>
     </row>
-    <row r="108">
-      <c r="A108">
+    <row r="112">
+      <c r="A112">
         <v>2178</v>
       </c>
-      <c r="B108" t="inlineStr">
+      <c r="B112" t="inlineStr">
         <is>
           <t>POR FESR LAZIO 2014-2020. Progetto A0102E0001. Gara europea a procedura aperta, ai sensi dell'articolo 60 del Decreto Legislativo 18 aprile 2016, n. 50, per l’affidamento dei lavori di efficientamento energetico dell’edificio sede della Giunta Regionale della Regione Lazio sito in Via Cristoforo Colombo 212 – Roma. CUP F82B17002490009 (ex F89B17000260009); CIG 843242406C
 </t>
         </is>
       </c>
-      <c r="C108" t="s">
-[...5 lines deleted...]
-      <c r="E108" s="2">
+      <c r="C112" t="s">
+        <v>163</v>
+      </c>
+      <c r="D112" t="s">
+        <v>164</v>
+      </c>
+      <c r="E112" s="2">
         <v>44298</v>
       </c>
-      <c r="F108" t="s">
-[...2 lines deleted...]
-      <c r="G108" s="2">
+      <c r="F112" t="s">
+        <v>165</v>
+      </c>
+      <c r="G112" s="2">
         <v>44298</v>
       </c>
-      <c r="H108" t="s">
-[...2 lines deleted...]
-      <c r="I108" s="2">
+      <c r="H112" t="s">
+        <v>166</v>
+      </c>
+      <c r="I112" s="2">
         <v>44298</v>
       </c>
-      <c r="J108" t="s">
-[...2 lines deleted...]
-      <c r="K108" s="2">
+      <c r="J112" t="s">
+        <v>167</v>
+      </c>
+      <c r="K112" s="2">
         <v>44298</v>
-      </c>
-[...96 lines deleted...]
-        <v>44112</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
-        <v>2137</v>
+        <v>2174</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di gara, ai sensi dell’art. 63, comma 2, lett. c) e 163 del D.Lgs. 50/2016, finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell’emergenza sanitaria COVID-19-2</t>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell'art. 60 del D. Lgs. n° 50/2016 e s.m.i., per l'acquisizione del servizio di sorveglianza attiva antincendio e di sicurezza occorrente alle Aziende Sanitarie della Regione Lazio.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C113" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="D113"/>
       <c r="E113" s="2">
-        <v>44028</v>
-[...23 lines deleted...]
-        <v>44028</v>
+        <v>45877</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
-        <v>2132</v>
-[...4 lines deleted...]
-        </is>
+        <v>2153</v>
+      </c>
+      <c r="B114" t="s">
+        <v>169</v>
       </c>
       <c r="C114" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="D114"/>
       <c r="E114" s="2">
-        <v>44277</v>
-[...3 lines deleted...]
-      </c>
+        <v>44760</v>
+      </c>
+      <c r="F114"/>
       <c r="G114" s="2">
-        <v>44277</v>
-[...3 lines deleted...]
-      </c>
+        <v>44760</v>
+      </c>
+      <c r="H114"/>
       <c r="I114" s="2">
-        <v>44277</v>
-[...3 lines deleted...]
-      </c>
+        <v>44760</v>
+      </c>
+      <c r="J114"/>
       <c r="K114" s="2">
-        <v>44277</v>
+        <v>44760</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
-        <v>2131</v>
-[...4 lines deleted...]
-        </is>
+        <v>2151</v>
+      </c>
+      <c r="B115" t="s" s="3">
+        <v>171</v>
       </c>
       <c r="C115" t="s">
-        <v>186</v>
+        <v>172</v>
       </c>
       <c r="D115" t="s">
-        <v>187</v>
+        <v>173</v>
       </c>
       <c r="E115" s="2">
-        <v>44117</v>
-[...17 lines deleted...]
-        <v>44117</v>
+        <v>44169</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
-        <v>2130</v>
+        <v>2150</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di ricondizionamento e riutilizzo degli ausili per disabili per le ASL Regione Lazio.</t>
+          <t>Gara, attraverso il MEPA di Consip, per l'affidamento dei servizi necessari all'organizzazione e all'espletamento del concorso pubblico, per titoli ed esami, per l'assunzione di n. 10 unità di personale a tempo pieno e indeterminato, categoria D, posizione economica D1, per le esigenze della Avvocatura regionale.</t>
         </is>
       </c>
       <c r="C116" t="s">
-        <v>191</v>
+        <v>174</v>
+      </c>
+      <c r="D116" t="s">
+        <v>175</v>
+      </c>
+      <c r="E116" s="2">
+        <v>44112</v>
+      </c>
+      <c r="F116" t="s">
+        <v>176</v>
+      </c>
+      <c r="G116" s="2">
+        <v>44112</v>
+      </c>
+      <c r="H116" t="s">
+        <v>177</v>
+      </c>
+      <c r="I116" s="2">
+        <v>44112</v>
+      </c>
+      <c r="J116" t="s">
+        <v>178</v>
+      </c>
+      <c r="K116" s="2">
+        <v>44112</v>
       </c>
     </row>
     <row r="117">
       <c r="A117">
-        <v>2128</v>
+        <v>2137</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+          <t>Procedura negoziata d’urgenza, senza previa pubblicazione del bando di gara, ai sensi dell’art. 63, comma 2, lett. c) e 163 del D.Lgs. 50/2016, finalizzata alla conclusione di un Accordo Quadro per la fornitura di dispositivi vari necessari alla gestione dell’emergenza sanitaria COVID-19-2</t>
         </is>
       </c>
       <c r="C117" t="s">
-        <v>192</v>
+        <v>179</v>
       </c>
       <c r="D117" t="s">
-        <v>193</v>
+        <v>180</v>
       </c>
       <c r="E117" s="2">
-        <v>44179</v>
+        <v>44028</v>
       </c>
       <c r="F117" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="G117" s="2">
-        <v>44179</v>
+        <v>44028</v>
       </c>
       <c r="H117" t="s">
-        <v>195</v>
+        <v>182</v>
       </c>
       <c r="I117" s="2">
-        <v>44179</v>
+        <v>44028</v>
       </c>
       <c r="J117" t="s">
-        <v>196</v>
+        <v>183</v>
       </c>
       <c r="K117" s="2">
-        <v>44179</v>
+        <v>44028</v>
+      </c>
+      <c r="L117" t="s">
+        <v>184</v>
+      </c>
+      <c r="M117" s="2">
+        <v>44028</v>
       </c>
     </row>
     <row r="118">
       <c r="A118">
-        <v>2124</v>
+        <v>2132</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Autorizzazione ad espletare la gara, attraverso il Mepa, per l'affidamento del servizio di Loss Adjuster per la gestione sotto franchigia dei sinistri delle Polizze Assicurative RCT/O della Regione Lazio importo a base d'asta € 175.680,00 IVA compresa Capitolo S21410 esercizio finanziario 2020/2021.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata alla stipula di accordi quadro per la fornitura di Acceleratori Lineari, Tomografi a Risonanza Magnetica (RM) e Tomografi Computerizzati (TC) destinati alle Aziende Sanitarie della Regione Lazio. Determinazione a contrarre. Approvazione atti e provvedimento di indizione. Importo complessivo di gara: euro 40.570.000,00 (iva inclusa) - Impegno di spesa per l'importo di euro 16.150.000,00 sul Capitolo C12161, euro 12.000.000,00 sul Capitolo H22527 - Accantonamento euro 4.420.000,00 sul Capitolo T21503 ed euro 8.000.000,00 sul Capitolo T22505. Esercizio finanziario 2021.</t>
         </is>
       </c>
       <c r="C118" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="D118" t="s">
-        <v>198</v>
+        <v>186</v>
       </c>
       <c r="E118" s="2">
-        <v>44082</v>
+        <v>44277</v>
       </c>
       <c r="F118" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="G118" s="2">
-        <v>44082</v>
+        <v>44277</v>
       </c>
       <c r="H118" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="I118" s="2">
-        <v>44082</v>
+        <v>44277</v>
       </c>
       <c r="J118" t="s">
-        <v>201</v>
+        <v>189</v>
       </c>
       <c r="K118" s="2">
-        <v>44082</v>
+        <v>44277</v>
       </c>
     </row>
     <row r="119">
       <c r="A119">
-        <v>2122</v>
+        <v>2131</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Procedura aperta per l'affidamento del servizio di assistenza, consulenza e intermediazione assicurativa per la Regione Lazio, per la durata di 36 mesi. Indizione di gara e approvazione atti. Importo a base d'asta € 186.087,07.</t>
+          <t>Gara comunitaria centralizzata a procedura aperta sopra soglia comunitaria, ai sensi dell'art. 60 del D.lgs. 50/2016, per la fornitura in noleggio di barelle, comprensiva di assistenza tecnica full risk e sanificazione, per le Aziende Sanitarie della Regione Lazio.</t>
         </is>
       </c>
       <c r="C119" t="s">
-        <v>202</v>
+        <v>190</v>
       </c>
       <c r="D119" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="E119" s="2">
-        <v>44082</v>
+        <v>44117</v>
       </c>
       <c r="F119" t="s">
-        <v>204</v>
+        <v>192</v>
       </c>
       <c r="G119" s="2">
-        <v>44082</v>
+        <v>44117</v>
       </c>
       <c r="H119" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="I119" s="2">
-        <v>44082</v>
+        <v>44117</v>
       </c>
       <c r="J119" t="s">
-        <v>206</v>
+        <v>194</v>
       </c>
       <c r="K119" s="2">
-        <v>44082</v>
+        <v>44117</v>
       </c>
     </row>
     <row r="120">
       <c r="A120">
+        <v>2130</v>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'acquisizione del servizio di ricondizionamento e riutilizzo degli ausili per disabili per le ASL Regione Lazio.</t>
+        </is>
+      </c>
+      <c r="C120" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121">
+        <v>2128</v>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>Gara comunitaria a procedura aperta finalizzata alla stipula di un accordo quadro per la fornitura e messa a dimora di nuovi alberi e arbusti nel territorio della Regione Lazio. Determinazione a contrarre. Provvedimento di indizione e approvazione atti.</t>
+        </is>
+      </c>
+      <c r="C121" t="s">
+        <v>196</v>
+      </c>
+      <c r="D121" t="s">
+        <v>197</v>
+      </c>
+      <c r="E121" s="2">
+        <v>44179</v>
+      </c>
+      <c r="F121" t="s">
+        <v>198</v>
+      </c>
+      <c r="G121" s="2">
+        <v>44179</v>
+      </c>
+      <c r="H121" t="s">
+        <v>199</v>
+      </c>
+      <c r="I121" s="2">
+        <v>44179</v>
+      </c>
+      <c r="J121" t="s">
+        <v>200</v>
+      </c>
+      <c r="K121" s="2">
+        <v>44179</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122">
+        <v>2124</v>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>Autorizzazione ad espletare la gara, attraverso il Mepa, per l'affidamento del servizio di Loss Adjuster per la gestione sotto franchigia dei sinistri delle Polizze Assicurative RCT/O della Regione Lazio importo a base d'asta € 175.680,00 IVA compresa Capitolo S21410 esercizio finanziario 2020/2021.</t>
+        </is>
+      </c>
+      <c r="C122" t="s">
+        <v>201</v>
+      </c>
+      <c r="D122" t="s">
+        <v>202</v>
+      </c>
+      <c r="E122" s="2">
+        <v>44082</v>
+      </c>
+      <c r="F122" t="s">
+        <v>203</v>
+      </c>
+      <c r="G122" s="2">
+        <v>44082</v>
+      </c>
+      <c r="H122" t="s">
+        <v>204</v>
+      </c>
+      <c r="I122" s="2">
+        <v>44082</v>
+      </c>
+      <c r="J122" t="s">
+        <v>205</v>
+      </c>
+      <c r="K122" s="2">
+        <v>44082</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123">
+        <v>2122</v>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Procedura aperta per l'affidamento del servizio di assistenza, consulenza e intermediazione assicurativa per la Regione Lazio, per la durata di 36 mesi. Indizione di gara e approvazione atti. Importo a base d'asta € 186.087,07.</t>
+        </is>
+      </c>
+      <c r="C123" t="s">
+        <v>206</v>
+      </c>
+      <c r="D123" t="s">
+        <v>207</v>
+      </c>
+      <c r="E123" s="2">
+        <v>44082</v>
+      </c>
+      <c r="F123" t="s">
+        <v>208</v>
+      </c>
+      <c r="G123" s="2">
+        <v>44082</v>
+      </c>
+      <c r="H123" t="s">
+        <v>209</v>
+      </c>
+      <c r="I123" s="2">
+        <v>44082</v>
+      </c>
+      <c r="J123" t="s">
+        <v>210</v>
+      </c>
+      <c r="K123" s="2">
+        <v>44082</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124">
         <v>2121</v>
       </c>
-      <c r="B120" t="inlineStr">
+      <c r="B124" t="inlineStr">
         <is>
           <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - Intervento R512 “Lavori straordinari di manutenzione dell’alveo del fiume Turano da Rocca Sinibalda a Ponte Salario in dx e sx idraulica per 3 Km”. Determinazione a contrarre. CUP F13H20000150001 - CIG 8415747E1C 
 </t>
         </is>
       </c>
-      <c r="C120" t="s">
-[...4 lines deleted...]
-      <c r="A121">
+      <c r="C124" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125">
         <v>2105</v>
       </c>
-      <c r="B121" t="inlineStr">
+      <c r="B125" t="inlineStr">
         <is>
           <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, e tramite procedura telematica, per l'affidamento dei lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. Codice Opera: OOPP_M_002_2017 - CUP: F78I18000070008 - CIG: 83810759E0 </t>
         </is>
       </c>
-      <c r="C121" t="s">
-[...5 lines deleted...]
-      <c r="E121" s="2">
+      <c r="C125" t="s">
+        <v>212</v>
+      </c>
+      <c r="D125" t="s">
+        <v>213</v>
+      </c>
+      <c r="E125" s="2">
         <v>44076</v>
       </c>
     </row>
-    <row r="122">
-      <c r="A122">
+    <row r="126">
+      <c r="A126">
         <v>2099</v>
       </c>
-      <c r="B122" t="inlineStr">
+      <c r="B126" t="inlineStr">
         <is>
           <t>Affidamento lavori per la "Esecuzione di una campagna di sondaggi a mare per la realizzazione delle analisi dei sedimenti ai sensi del DM n. 173/2016 nonché rilievi Multi-Beam e Laser Scanner integrato delle aree da eseguirsi sul canale di accesso del Porto di Terracina e su siti del litorale terracinese limitrofo" ai sensi dell'art. 36 comma 2 lett. a) del decreto legislativo 18 aprile 2016, n. 50 - CIG: Z9E2D20D42 </t>
         </is>
       </c>
-      <c r="C122" t="s">
-[...5 lines deleted...]
-      <c r="E122" s="2">
+      <c r="C126" t="s">
+        <v>214</v>
+      </c>
+      <c r="D126" t="s">
+        <v>215</v>
+      </c>
+      <c r="E126" s="2">
         <v>44022</v>
       </c>
-      <c r="F122" t="s">
-[...2 lines deleted...]
-      <c r="G122" s="2">
+      <c r="F126" t="s">
+        <v>216</v>
+      </c>
+      <c r="G126" s="2">
         <v>44022</v>
       </c>
-      <c r="H122" t="s">
-[...2 lines deleted...]
-      <c r="I122" s="2">
+      <c r="H126" t="s">
+        <v>217</v>
+      </c>
+      <c r="I126" s="2">
         <v>44022</v>
       </c>
-      <c r="J122" t="s">
-[...2 lines deleted...]
-      <c r="K122" s="2">
+      <c r="J126" t="s">
+        <v>218</v>
+      </c>
+      <c r="K126" s="2">
         <v>44022</v>
       </c>
     </row>
-    <row r="123">
-      <c r="A123">
+    <row r="127">
+      <c r="A127">
         <v>2032</v>
       </c>
-      <c r="B123" t="s">
-[...8 lines deleted...]
-      <c r="E123" s="2">
+      <c r="B127" t="s">
+        <v>219</v>
+      </c>
+      <c r="C127" t="s">
+        <v>220</v>
+      </c>
+      <c r="D127" t="s">
+        <v>221</v>
+      </c>
+      <c r="E127" s="2">
         <v>43889</v>
       </c>
-      <c r="F123" t="s">
-[...2 lines deleted...]
-      <c r="G123" s="2">
+      <c r="F127" t="s">
+        <v>222</v>
+      </c>
+      <c r="G127" s="2">
         <v>43889</v>
       </c>
-      <c r="H123" t="s">
-[...2 lines deleted...]
-      <c r="I123" s="2">
+      <c r="H127" t="s">
+        <v>223</v>
+      </c>
+      <c r="I127" s="2">
         <v>43889</v>
       </c>
-      <c r="J123" t="s">
-[...2 lines deleted...]
-      <c r="K123" s="2">
+      <c r="J127" t="s">
+        <v>224</v>
+      </c>
+      <c r="K127" s="2">
         <v>43889</v>
       </c>
     </row>
-    <row r="124">
-      <c r="A124">
+    <row r="128">
+      <c r="A128">
         <v>2024</v>
       </c>
-      <c r="B124" t="inlineStr">
+      <c r="B128" t="inlineStr">
         <is>
           <t>Servizio di assicurazione rischio infortuni per gli alunni delle scuole statali e paritarie private di ogni ordine grado nonché per il personale adibito alla sorveglianza degli stessi durante il trasporto
 </t>
         </is>
       </c>
-      <c r="C124" t="s">
-[...27 lines deleted...]
-      <c r="H125" t="s">
+      <c r="C128" t="s">
         <v>225</v>
-      </c>
-[...96 lines deleted...]
-        <v>44039</v>
       </c>
     </row>
     <row r="129">
       <c r="A129">
-        <v>1986</v>
+        <v>2022</v>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Procedura di gara per l'affidamento del Servizio di Assistenza Tecnica per la Gestione del Programma Operativo Nazionale "Sistema di politiche attive per l'occupazione".</t>
+          <t>Gara comunitaria ad evidenza pubblica a procedura aperta per la realizzazione di una rete di "Hub cultura-socialità-lavoro" sul territorio regionale. Impegno di € 7.984.900,00 IVA inclusa – POR Lazio FSE 2014-2020 - Asse I - Occupazione - Priorità di investimento 8.vii - Obiettivo specifico 8.7 Azione Cardine 19 "Creazione del network Porta Futuro, sviluppo del relativo format e dei servizi di supporto necessari". Approvazione schemi degli atti ed indizione di gara codice CIG 7911542AFC codice CUP F85G19000050009.</t>
         </is>
       </c>
       <c r="C129" t="s">
-        <v>238</v>
+        <v>226</v>
       </c>
       <c r="D129" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="E129" s="2">
-        <v>43942</v>
+        <v>43859</v>
       </c>
       <c r="F129" t="s">
-        <v>240</v>
+        <v>228</v>
       </c>
       <c r="G129" s="2">
-        <v>43942</v>
+        <v>43859</v>
       </c>
       <c r="H129" t="s">
-        <v>241</v>
+        <v>229</v>
       </c>
       <c r="I129" s="2">
-        <v>43942</v>
+        <v>43859</v>
       </c>
       <c r="J129" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="K129" s="2">
-        <v>43942</v>
+        <v>43859</v>
       </c>
     </row>
     <row r="130">
       <c r="A130">
-        <v>1984</v>
+        <v>2018</v>
       </c>
       <c r="B130" t="inlineStr">
         <is>
-          <t>Gara attraverso il MEPA per l’affidamento dei servizi necessari all’organizzazione e all’espletamento delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di complessive N. 95 unità di personale, Cat. D, diverso profilo professionale, per il potenziamento dei centri per l’impiego e delle politiche attive del lavoro. </t>
+          <t>Gara, attraverso il MEPA di Consip, per la fornitura di un servizio di mediazione linguistica tramite interpretariato telefonico di emergenza da remoto per le esigenze della Centrale Unica di Risposta 112 NUE di Roma ed eventuali altre CUR 112 NUE del LAZIO.</t>
         </is>
       </c>
       <c r="C130" t="s">
-        <v>243</v>
-[...3 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="D130"/>
       <c r="E130" s="2">
-        <v>43809</v>
+        <v>45574</v>
       </c>
       <c r="F130" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
       <c r="G130" s="2">
-        <v>43809</v>
+        <v>43854</v>
       </c>
       <c r="H130" t="s">
-        <v>246</v>
+        <v>233</v>
       </c>
       <c r="I130" s="2">
-        <v>43809</v>
+        <v>43854</v>
       </c>
       <c r="J130" t="s">
-        <v>247</v>
+        <v>234</v>
       </c>
       <c r="K130" s="2">
-        <v>43809</v>
+        <v>43854</v>
       </c>
     </row>
     <row r="131">
       <c r="A131">
-        <v>1976</v>
+        <v>2010</v>
       </c>
       <c r="B131" t="s">
-        <v>248</v>
+        <v>235</v>
       </c>
       <c r="C131" t="s">
-        <v>249</v>
+        <v>236</v>
       </c>
       <c r="D131" t="s">
-        <v>250</v>
+        <v>237</v>
       </c>
       <c r="E131" s="2">
-        <v>43944</v>
-[...17 lines deleted...]
-        <v>43944</v>
+        <v>43950</v>
       </c>
     </row>
     <row r="132">
       <c r="A132">
-        <v>1974</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>1996</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta finalizzata all'affidamento del multiservizio tecnologico di manutenzione degli impianti relativi agli immobili in uso alle aziende sanitarie della Regione Lazio (Policlinico Umberto I, San Camillo, INMI “Spallanzani”, IFO “Istituto Nazionale Tumori Regina Elena”)</t>
+        </is>
       </c>
       <c r="C132" t="s">
-        <v>255</v>
+        <v>238</v>
       </c>
       <c r="D132" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="E132" s="2">
-        <v>43777</v>
+        <v>44039</v>
       </c>
       <c r="F132" t="s">
-        <v>257</v>
+        <v>240</v>
       </c>
       <c r="G132" s="2">
-        <v>43777</v>
+        <v>44039</v>
+      </c>
+      <c r="H132" t="s">
+        <v>222</v>
+      </c>
+      <c r="I132" s="2">
+        <v>44039</v>
+      </c>
+      <c r="J132" t="s">
+        <v>241</v>
+      </c>
+      <c r="K132" s="2">
+        <v>44039</v>
       </c>
     </row>
     <row r="133">
       <c r="A133">
-        <v>1971</v>
+        <v>1986</v>
       </c>
       <c r="B133" t="inlineStr">
         <is>
-          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell’art. 60 del D. Lgs.n.50/2016 e s.m.i., finalizzata alla fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio.</t>
+          <t>Procedura di gara per l'affidamento del Servizio di Assistenza Tecnica per la Gestione del Programma Operativo Nazionale "Sistema di politiche attive per l'occupazione".</t>
         </is>
       </c>
       <c r="C133" t="s">
-        <v>258</v>
+        <v>242</v>
       </c>
       <c r="D133" t="s">
-        <v>259</v>
+        <v>243</v>
       </c>
       <c r="E133" s="2">
-        <v>43777</v>
+        <v>43942</v>
       </c>
       <c r="F133" t="s">
-        <v>260</v>
+        <v>244</v>
       </c>
       <c r="G133" s="2">
-        <v>43777</v>
+        <v>43942</v>
+      </c>
+      <c r="H133" t="s">
+        <v>245</v>
+      </c>
+      <c r="I133" s="2">
+        <v>43942</v>
+      </c>
+      <c r="J133" t="s">
+        <v>246</v>
+      </c>
+      <c r="K133" s="2">
+        <v>43942</v>
       </c>
     </row>
     <row r="134">
       <c r="A134">
-        <v>1965</v>
+        <v>1984</v>
       </c>
       <c r="B134" t="inlineStr">
         <is>
-          <t>Gara attraverso il MEPA per l’affidamento dei servizi necessari all’organizzazione e all’espletamento delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di 200 unità di personale, con il profilo professionale di Esperto mercato e servizi per il lavoro, categoria D – posizione economica D1, e di n. 60 unità di personale, a tempo pieno e indeterminato, con il profilo di Assistente mercato e servizi per il lavoro, categoria C – posizione C1, per il potenziamento dei centri d’impiego e delle politiche attive del lavoro.</t>
+          <t>Gara attraverso il MEPA per l’affidamento dei servizi necessari all’organizzazione e all’espletamento delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di complessive N. 95 unità di personale, Cat. D, diverso profilo professionale, per il potenziamento dei centri per l’impiego e delle politiche attive del lavoro. </t>
         </is>
       </c>
       <c r="C134" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="D134" t="s">
-        <v>262</v>
+        <v>248</v>
       </c>
       <c r="E134" s="2">
-        <v>43742</v>
+        <v>43809</v>
       </c>
       <c r="F134" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="G134" s="2">
-        <v>43742</v>
+        <v>43809</v>
       </c>
       <c r="H134" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="I134" s="2">
-        <v>43742</v>
+        <v>43809</v>
       </c>
       <c r="J134" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
       <c r="K134" s="2">
-        <v>43742</v>
+        <v>43809</v>
       </c>
     </row>
     <row r="135">
       <c r="A135">
-        <v>1961</v>
-[...4 lines deleted...]
-        </is>
+        <v>1976</v>
+      </c>
+      <c r="B135" t="s">
+        <v>252</v>
       </c>
       <c r="C135" t="s">
-        <v>266</v>
+        <v>253</v>
       </c>
       <c r="D135" t="s">
-        <v>267</v>
+        <v>254</v>
       </c>
       <c r="E135" s="2">
-        <v>43881</v>
+        <v>43944</v>
       </c>
       <c r="F135" t="s">
-        <v>268</v>
+        <v>255</v>
       </c>
       <c r="G135" s="2">
-        <v>43881</v>
+        <v>43944</v>
       </c>
       <c r="H135" t="s">
-        <v>269</v>
+        <v>256</v>
       </c>
       <c r="I135" s="2">
-        <v>43817</v>
+        <v>43944</v>
+      </c>
+      <c r="J135" t="s">
+        <v>257</v>
+      </c>
+      <c r="K135" s="2">
+        <v>43944</v>
       </c>
     </row>
     <row r="136">
       <c r="A136">
-        <v>1942</v>
+        <v>1974</v>
       </c>
       <c r="B136" t="s">
-        <v>270</v>
+        <v>258</v>
       </c>
       <c r="C136" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="D136" t="s">
-        <v>272</v>
+        <v>260</v>
       </c>
       <c r="E136" s="2">
-        <v>43782</v>
+        <v>43777</v>
+      </c>
+      <c r="F136" t="s">
+        <v>261</v>
+      </c>
+      <c r="G136" s="2">
+        <v>43777</v>
       </c>
     </row>
     <row r="137">
       <c r="A137">
-        <v>1938</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>1971</v>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta, ai sensi dell’art. 60 del D. Lgs.n.50/2016 e s.m.i., finalizzata alla fornitura di sistemi per prelievo ematico sottovuoto e dispositivi di raccolta campione occorrenti alle Aziende Sanitarie della Regione Lazio.</t>
+        </is>
       </c>
       <c r="C137" t="s">
-        <v>274</v>
+        <v>262</v>
       </c>
       <c r="D137" t="s">
-        <v>275</v>
+        <v>263</v>
       </c>
       <c r="E137" s="2">
-        <v>43773</v>
+        <v>43777</v>
       </c>
       <c r="F137" t="s">
-        <v>276</v>
+        <v>264</v>
       </c>
       <c r="G137" s="2">
-        <v>43773</v>
-[...11 lines deleted...]
-        <v>43773</v>
+        <v>43777</v>
       </c>
     </row>
     <row r="138">
       <c r="A138">
-        <v>1930</v>
-[...2 lines deleted...]
-        <v>279</v>
+        <v>1965</v>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>Gara attraverso il MEPA per l’affidamento dei servizi necessari all’organizzazione e all’espletamento delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di 200 unità di personale, con il profilo professionale di Esperto mercato e servizi per il lavoro, categoria D – posizione economica D1, e di n. 60 unità di personale, a tempo pieno e indeterminato, con il profilo di Assistente mercato e servizi per il lavoro, categoria C – posizione C1, per il potenziamento dei centri d’impiego e delle politiche attive del lavoro.</t>
+        </is>
       </c>
       <c r="C138" t="s">
-        <v>280</v>
+        <v>265</v>
       </c>
       <c r="D138" t="s">
-        <v>281</v>
+        <v>266</v>
       </c>
       <c r="E138" s="2">
-        <v>43640</v>
+        <v>43742</v>
       </c>
       <c r="F138" t="s">
-        <v>282</v>
+        <v>267</v>
       </c>
       <c r="G138" s="2">
-        <v>43640</v>
+        <v>43742</v>
       </c>
       <c r="H138" t="s">
-        <v>283</v>
+        <v>268</v>
       </c>
       <c r="I138" s="2">
-        <v>43640</v>
+        <v>43742</v>
       </c>
       <c r="J138" t="s">
-        <v>284</v>
+        <v>269</v>
       </c>
       <c r="K138" s="2">
-        <v>43640</v>
-[...11 lines deleted...]
-        <v>43647</v>
+        <v>43742</v>
       </c>
     </row>
     <row r="139">
       <c r="A139">
-        <v>1928</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>1961</v>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per l’affidamento dei servizi di stampa, imbustamento e postalizzazione degli avvisi bonari per il recupero dell’evasione dei ticket sanitari relativi alle prestazioni di specialistica ambulatoriale e farmaceutica erogate dagli Enti del S.S.R. di Regione Lazio</t>
+        </is>
       </c>
       <c r="C139" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="D139" t="s">
-        <v>289</v>
+        <v>271</v>
       </c>
       <c r="E139" s="2">
-        <v>43787</v>
+        <v>43881</v>
       </c>
       <c r="F139" t="s">
-        <v>290</v>
+        <v>272</v>
       </c>
       <c r="G139" s="2">
-        <v>43787</v>
+        <v>43881</v>
       </c>
       <c r="H139" t="s">
-        <v>291</v>
+        <v>273</v>
       </c>
       <c r="I139" s="2">
-        <v>43787</v>
-[...5 lines deleted...]
-        <v>43787</v>
+        <v>43817</v>
       </c>
     </row>
     <row r="140">
       <c r="A140">
-        <v>1927</v>
+        <v>1942</v>
       </c>
       <c r="B140" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
       <c r="C140" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="D140" t="s">
-        <v>295</v>
+        <v>276</v>
       </c>
       <c r="E140" s="2">
-        <v>43789</v>
-[...17 lines deleted...]
-        <v>43789</v>
+        <v>43782</v>
       </c>
     </row>
     <row r="141">
       <c r="A141">
-        <v>1912</v>
-[...4 lines deleted...]
-        </is>
+        <v>1938</v>
+      </c>
+      <c r="B141" t="s">
+        <v>277</v>
       </c>
       <c r="C141" t="s">
-        <v>299</v>
+        <v>278</v>
       </c>
       <c r="D141" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="E141" s="2">
-        <v>43665</v>
+        <v>43773</v>
+      </c>
+      <c r="F141" t="s">
+        <v>280</v>
+      </c>
+      <c r="G141" s="2">
+        <v>43773</v>
+      </c>
+      <c r="H141" t="s">
+        <v>281</v>
+      </c>
+      <c r="I141" s="2">
+        <v>43773</v>
+      </c>
+      <c r="J141" t="s">
+        <v>282</v>
+      </c>
+      <c r="K141" s="2">
+        <v>43773</v>
       </c>
     </row>
     <row r="142">
       <c r="A142">
-        <v>1907</v>
-[...4 lines deleted...]
-        </is>
+        <v>1930</v>
+      </c>
+      <c r="B142" t="s">
+        <v>283</v>
       </c>
       <c r="C142" t="s">
-        <v>301</v>
+        <v>284</v>
       </c>
       <c r="D142" t="s">
-        <v>302</v>
+        <v>285</v>
       </c>
       <c r="E142" s="2">
-        <v>43553</v>
+        <v>43640</v>
       </c>
       <c r="F142" t="s">
-        <v>303</v>
+        <v>286</v>
       </c>
       <c r="G142" s="2">
-        <v>43537</v>
+        <v>43640</v>
       </c>
       <c r="H142" t="s">
-        <v>304</v>
+        <v>287</v>
       </c>
       <c r="I142" s="2">
-        <v>43537</v>
+        <v>43640</v>
       </c>
       <c r="J142" t="s">
-        <v>305</v>
+        <v>288</v>
       </c>
       <c r="K142" s="2">
-        <v>43537</v>
+        <v>43640</v>
       </c>
       <c r="L142" t="s">
-        <v>306</v>
+        <v>289</v>
       </c>
       <c r="M142" s="2">
-        <v>43537</v>
+        <v>43647</v>
       </c>
       <c r="N142" t="s">
-        <v>307</v>
+        <v>290</v>
       </c>
       <c r="O142" s="2">
-        <v>43553</v>
+        <v>43647</v>
       </c>
     </row>
     <row r="143">
       <c r="A143">
-        <v>1906</v>
-[...4 lines deleted...]
-        </is>
+        <v>1928</v>
+      </c>
+      <c r="B143" t="s">
+        <v>291</v>
       </c>
       <c r="C143" t="s">
-        <v>308</v>
+        <v>292</v>
       </c>
       <c r="D143" t="s">
-        <v>309</v>
+        <v>293</v>
       </c>
       <c r="E143" s="2">
-        <v>43532</v>
+        <v>43787</v>
       </c>
       <c r="F143" t="s">
-        <v>310</v>
+        <v>294</v>
       </c>
       <c r="G143" s="2">
-        <v>43532</v>
+        <v>43787</v>
       </c>
       <c r="H143" t="s">
-        <v>311</v>
+        <v>295</v>
       </c>
       <c r="I143" s="2">
-        <v>43532</v>
+        <v>43787</v>
       </c>
       <c r="J143" t="s">
-        <v>312</v>
+        <v>296</v>
       </c>
       <c r="K143" s="2">
-        <v>43532</v>
+        <v>43787</v>
       </c>
     </row>
     <row r="144">
       <c r="A144">
-        <v>1905</v>
-[...4 lines deleted...]
-        </is>
+        <v>1927</v>
+      </c>
+      <c r="B144" t="s">
+        <v>297</v>
       </c>
       <c r="C144" t="s">
-        <v>313</v>
+        <v>298</v>
       </c>
       <c r="D144" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="E144" s="2">
-        <v>43531</v>
+        <v>43789</v>
       </c>
       <c r="F144" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="G144" s="2">
-        <v>43531</v>
+        <v>43789</v>
       </c>
       <c r="H144" t="s">
-        <v>316</v>
+        <v>301</v>
       </c>
       <c r="I144" s="2">
-        <v>43531</v>
+        <v>43789</v>
       </c>
       <c r="J144" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="K144" s="2">
-        <v>43531</v>
+        <v>43789</v>
       </c>
     </row>
     <row r="145">
       <c r="A145">
-        <v>1904</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>1912</v>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici ecc..". Intervento A0100E0452 - LI-ES2-20160115-0820168 - presso il "Plesso scolastico Risorgimento" sito nel Comune di Frascati (RM). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione., ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara–schema contratto. Impegno su Capitoli: A42200-A42201-A42202, codice cred. 3805, e A42134-A42135-A42136, codice cred. 159683, E.F. 2019. CUP F17D17000230009 – CIG 781017584B</t>
+        </is>
       </c>
       <c r="C145" t="s">
-        <v>319</v>
+        <v>303</v>
+      </c>
+      <c r="D145" t="s">
+        <v>304</v>
+      </c>
+      <c r="E145" s="2">
+        <v>43665</v>
       </c>
     </row>
     <row r="146">
       <c r="A146">
-        <v>1903</v>
+        <v>1907</v>
       </c>
       <c r="B146" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile" Azione 4.1.1. Intervento A0100E0125 - LI-ES2-2620312 - SCUOLA ELEMENTARE E MATERNA MARIANGELA VIRGILI – Comune di Ronciglione (VT) – Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di incarico – contratto - CUP - F34D16000010006. Rettifica Determinazione n° G14058 del 06/11/2018.</t>
+          <t>Determina a contrarre, ai sensi dell'art. 32 del D.lgs. 50/2016, di autorizzazione all’espletamento di una procedura aperta, ai sensi dell'articolo 157, comma 2 e dell'articolo 60 del Decreto Legislativo 18 aprile 2016, n. 50, da espletare attraverso il MEPA, per l’affidamento dei servizi tecnici di “supporto al RUP per la supervisione e coordinamento della progettazione, verifica e validazione della progettazione definitiva ed esecutiva” relativamente ai lavori di “efficientamento energetico dell’edificio sede della Giunta Regionale della Regione Lazio sito in via Cristoforo Colombo 212 – Roma” ai sensi dell’art. 26 del D. Lgs. n. 50/2016.</t>
         </is>
       </c>
       <c r="C146" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="D146" t="s">
-        <v>321</v>
+        <v>306</v>
       </c>
       <c r="E146" s="2">
-        <v>43600</v>
+        <v>43553</v>
       </c>
       <c r="F146" t="s">
-        <v>322</v>
+        <v>307</v>
       </c>
       <c r="G146" s="2">
-        <v>43658</v>
+        <v>43537</v>
+      </c>
+      <c r="H146" t="s">
+        <v>308</v>
+      </c>
+      <c r="I146" s="2">
+        <v>43537</v>
+      </c>
+      <c r="J146" t="s">
+        <v>309</v>
+      </c>
+      <c r="K146" s="2">
+        <v>43537</v>
+      </c>
+      <c r="L146" t="s">
+        <v>310</v>
+      </c>
+      <c r="M146" s="2">
+        <v>43537</v>
+      </c>
+      <c r="N146" t="s">
+        <v>311</v>
+      </c>
+      <c r="O146" s="2">
+        <v>43553</v>
       </c>
     </row>
     <row r="147">
       <c r="A147">
-        <v>1902</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>1906</v>
+      </c>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>Gara, attraverso il MEPA di Consip, per l’affidamento del servizio di spedizione della corrispondenza della Regione Lazio sul territorio nazionale ed internazionale, per la durata di due anni.</t>
+        </is>
       </c>
       <c r="C147" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="D147" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="E147" s="2">
-        <v>43808</v>
+        <v>43532</v>
+      </c>
+      <c r="F147" t="s">
+        <v>314</v>
+      </c>
+      <c r="G147" s="2">
+        <v>43532</v>
+      </c>
+      <c r="H147" t="s">
+        <v>315</v>
+      </c>
+      <c r="I147" s="2">
+        <v>43532</v>
+      </c>
+      <c r="J147" t="s">
+        <v>316</v>
+      </c>
+      <c r="K147" s="2">
+        <v>43532</v>
       </c>
     </row>
     <row r="148">
       <c r="A148">
+        <v>1905</v>
+      </c>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>Gara, attraverso il MEPA di Consip, per l’affidamento dei servizi necessari all’organizzazione delle procedure concorsuali per l’assunzione a tempo pieno e indeterminato di 16 unità di personale con qualifica dirigenziale</t>
+        </is>
+      </c>
+      <c r="C148" t="s">
+        <v>317</v>
+      </c>
+      <c r="D148" t="s">
+        <v>318</v>
+      </c>
+      <c r="E148" s="2">
+        <v>43531</v>
+      </c>
+      <c r="F148" t="s">
+        <v>319</v>
+      </c>
+      <c r="G148" s="2">
+        <v>43531</v>
+      </c>
+      <c r="H148" t="s">
+        <v>320</v>
+      </c>
+      <c r="I148" s="2">
+        <v>43531</v>
+      </c>
+      <c r="J148" t="s">
+        <v>321</v>
+      </c>
+      <c r="K148" s="2">
+        <v>43531</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149">
+        <v>1904</v>
+      </c>
+      <c r="B149" t="s">
+        <v>322</v>
+      </c>
+      <c r="C149" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150">
+        <v>1903</v>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile" Azione 4.1.1. Intervento A0100E0125 - LI-ES2-2620312 - SCUOLA ELEMENTARE E MATERNA MARIANGELA VIRGILI – Comune di Ronciglione (VT) – Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di incarico – contratto - CUP - F34D16000010006. Rettifica Determinazione n° G14058 del 06/11/2018.</t>
+        </is>
+      </c>
+      <c r="C150" t="s">
+        <v>324</v>
+      </c>
+      <c r="D150" t="s">
+        <v>325</v>
+      </c>
+      <c r="E150" s="2">
+        <v>43600</v>
+      </c>
+      <c r="F150" t="s">
+        <v>326</v>
+      </c>
+      <c r="G150" s="2">
+        <v>43658</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151">
+        <v>1902</v>
+      </c>
+      <c r="B151" t="s">
+        <v>327</v>
+      </c>
+      <c r="C151" t="s">
+        <v>328</v>
+      </c>
+      <c r="D151" t="s">
+        <v>329</v>
+      </c>
+      <c r="E151" s="2">
+        <v>43808</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152">
         <v>1889</v>
       </c>
-      <c r="B148" t="inlineStr">
+      <c r="B152" t="inlineStr">
         <is>
           <t>Gara comunitaria a procedura aperta, ai sensi dell’art. 60 del d. lgs. n° 50/2016 e s.m.i., per l’affidamento del servizio di valutazione del programma di reindustrializzazione del Lazio (attivita’ V_1 e V_2 del Piano di valutazione del POR FESR 2014-2020)
 </t>
         </is>
       </c>
-      <c r="C148" t="s">
-[...5 lines deleted...]
-      <c r="E148" s="2">
+      <c r="C152" t="s">
+        <v>330</v>
+      </c>
+      <c r="D152" t="s">
+        <v>331</v>
+      </c>
+      <c r="E152" s="2">
         <v>43662</v>
       </c>
-      <c r="F148" t="s">
-[...2 lines deleted...]
-      <c r="G148" s="2">
+      <c r="F152" t="s">
+        <v>332</v>
+      </c>
+      <c r="G152" s="2">
         <v>43662</v>
       </c>
-      <c r="H148" t="s">
-[...2 lines deleted...]
-      <c r="I148" s="2">
+      <c r="H152" t="s">
+        <v>333</v>
+      </c>
+      <c r="I152" s="2">
         <v>43662</v>
       </c>
-      <c r="J148" t="s">
-[...2 lines deleted...]
-      <c r="K148" s="2">
+      <c r="J152" t="s">
+        <v>334</v>
+      </c>
+      <c r="K152" s="2">
         <v>43662</v>
       </c>
-      <c r="L148" t="s">
-[...2 lines deleted...]
-      <c r="M148" s="2">
+      <c r="L152" t="s">
+        <v>335</v>
+      </c>
+      <c r="M152" s="2">
         <v>43662</v>
-      </c>
-[...110 lines deleted...]
-        <v>43559</v>
       </c>
     </row>
     <row r="153">
       <c r="A153">
-        <v>1869</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>1888</v>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura di stent coronarici occorrenti alle Aziende Sanitarie ed Ospedaliere della Regione Lazio - Lotto n. 1</t>
+        </is>
       </c>
       <c r="C153" t="s">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="D153" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="E153" s="2">
-        <v>43425</v>
+        <v>43662</v>
       </c>
       <c r="F153" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
       <c r="G153" s="2">
-        <v>43425</v>
+        <v>43662</v>
       </c>
       <c r="H153" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="I153" s="2">
-        <v>43425</v>
+        <v>43662</v>
       </c>
       <c r="J153" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="K153" s="2">
-        <v>43425</v>
+        <v>43662</v>
       </c>
     </row>
     <row r="154">
       <c r="A154">
-        <v>1868</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>1885</v>
+      </c>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>Procedura di gara per l'affidamento del servizio di Vigilanza Armata presso le sedi istituzionali, gli uffici e gli immobili della Regione Lazio e presso alcune sedi istituzionali di Roma Capitale”.</t>
+        </is>
       </c>
       <c r="C154" t="s">
-        <v>353</v>
+        <v>341</v>
       </c>
       <c r="D154" t="s">
-        <v>354</v>
+        <v>342</v>
       </c>
       <c r="E154" s="2">
-        <v>43424</v>
-[...17 lines deleted...]
-        <v>43424</v>
+        <v>43658</v>
       </c>
     </row>
     <row r="155">
       <c r="A155">
-        <v>1861</v>
+        <v>1884</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>Avviso pubblico esplorativo per la manifestazione di interesse a partecipare alla procedura di gara negoziata per l’affidamento del servizio concernente la realizzazione di un sistema di previsione delle piene del fiume Tevere in tempo reale con interfaccia GIS a supporto delle decisioni del centro funzionale dell’Agenzia regionale di Protezione civile della Regione Lazio.</t>
+          <t>Gara, attraverso il MEPA di Consip, per l’affidamento dei servizi necessari all’organizzazione e all’espletamento della procedura concorsuale per l’assunzione a tempo pieno e indeterminato di disabili ai sensi della legge 12 marzo 1999 n. 68, per la copertura di n. 55 unità di personale con il profilo professionale di assistente area amministrativa, categoria C, posizione economica C1.</t>
         </is>
       </c>
       <c r="C155" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="D155" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
       <c r="E155" s="2">
-        <v>43623</v>
+        <v>43472</v>
       </c>
       <c r="F155" t="s">
-        <v>360</v>
+        <v>345</v>
       </c>
       <c r="G155" s="2">
-        <v>43623</v>
+        <v>43472</v>
       </c>
       <c r="H155" t="s">
-        <v>361</v>
+        <v>346</v>
       </c>
       <c r="I155" s="2">
-        <v>43623</v>
+        <v>43472</v>
       </c>
       <c r="J155" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="K155" s="2">
-        <v>43623</v>
+        <v>43472</v>
       </c>
     </row>
     <row r="156">
       <c r="A156">
-        <v>1859</v>
+        <v>1875</v>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0141 - LI-ES2-1860264 - PRESSO SCUOLA ITIS VITERBO (VT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F84D16000050006</t>
+          <t>Procedura aperta, ai sensi dell'art. 60 del D.lgs. 50/2016 e ss.mm.ii., sopra soglia comunitaria, per l'affidamento dell'incarico di progettazione definitiva ed esecutiva, compresa relazione geologica e dell'incarico di direzione lavori e coordinamento della sicurezza in fase di progettazione ed esecuzione, relativo ai lavori di ricostruzione dell'ospedale di Amatrice, di cui all'Ordinanza Commissariale n. 56 del 10/05/2018. Determina a contrarre ed approvazione degli atti di gara. CUP: F78118000070008 - CIG: 7707767A89.</t>
         </is>
       </c>
       <c r="C156" t="s">
-        <v>363</v>
+        <v>348</v>
       </c>
       <c r="D156" t="s">
-        <v>364</v>
+        <v>349</v>
       </c>
       <c r="E156" s="2">
-        <v>43523</v>
+        <v>43559</v>
       </c>
     </row>
     <row r="157">
       <c r="A157">
-        <v>1857</v>
-[...4 lines deleted...]
-        </is>
+        <v>1869</v>
+      </c>
+      <c r="B157" t="s">
+        <v>350</v>
       </c>
       <c r="C157" t="s">
-        <v>365</v>
+        <v>351</v>
       </c>
       <c r="D157" t="s">
-        <v>366</v>
+        <v>352</v>
       </c>
       <c r="E157" s="2">
-        <v>43507</v>
+        <v>43425</v>
+      </c>
+      <c r="F157" t="s">
+        <v>353</v>
+      </c>
+      <c r="G157" s="2">
+        <v>43425</v>
+      </c>
+      <c r="H157" t="s">
+        <v>354</v>
+      </c>
+      <c r="I157" s="2">
+        <v>43425</v>
+      </c>
+      <c r="J157" t="s">
+        <v>355</v>
+      </c>
+      <c r="K157" s="2">
+        <v>43425</v>
       </c>
     </row>
     <row r="158">
       <c r="A158">
-        <v>1856</v>
-[...4 lines deleted...]
-        </is>
+        <v>1868</v>
+      </c>
+      <c r="B158" t="s">
+        <v>356</v>
       </c>
       <c r="C158" t="s">
-        <v>367</v>
+        <v>357</v>
       </c>
       <c r="D158" t="s">
-        <v>368</v>
+        <v>358</v>
       </c>
       <c r="E158" s="2">
-        <v>43578</v>
+        <v>43424</v>
+      </c>
+      <c r="F158" t="s">
+        <v>359</v>
+      </c>
+      <c r="G158" s="2">
+        <v>43424</v>
+      </c>
+      <c r="H158" t="s">
+        <v>360</v>
+      </c>
+      <c r="I158" s="2">
+        <v>43424</v>
+      </c>
+      <c r="J158" t="s">
+        <v>361</v>
+      </c>
+      <c r="K158" s="2">
+        <v>43424</v>
       </c>
     </row>
     <row r="159">
       <c r="A159">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0331 - LI-ES2-2740246 – presso gli Uffici Comunali di Piazza del Popolo Latina (LT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP - F22B16000010006</t>
+          <t>Avviso pubblico esplorativo per la manifestazione di interesse a partecipare alla procedura di gara negoziata per l’affidamento del servizio concernente la realizzazione di un sistema di previsione delle piene del fiume Tevere in tempo reale con interfaccia GIS a supporto delle decisioni del centro funzionale dell’Agenzia regionale di Protezione civile della Regione Lazio.</t>
         </is>
       </c>
       <c r="C159" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="D159" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="E159" s="2">
-        <v>43545</v>
+        <v>43623</v>
+      </c>
+      <c r="F159" t="s">
+        <v>364</v>
+      </c>
+      <c r="G159" s="2">
+        <v>43623</v>
+      </c>
+      <c r="H159" t="s">
+        <v>365</v>
+      </c>
+      <c r="I159" s="2">
+        <v>43623</v>
+      </c>
+      <c r="J159" t="s">
+        <v>366</v>
+      </c>
+      <c r="K159" s="2">
+        <v>43623</v>
       </c>
     </row>
     <row r="160">
       <c r="A160">
-        <v>1849</v>
+        <v>1859</v>
       </c>
       <c r="B160" t="inlineStr">
         <is>
-          <t>Gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l’affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le Strutture della Regione Lazio: approvazione atti di gara ed indizione della procedura.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0141 - LI-ES2-1860264 - PRESSO SCUOLA ITIS VITERBO (VT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F84D16000050006</t>
         </is>
       </c>
       <c r="C160" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="D160" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="E160" s="2">
-        <v>43543</v>
+        <v>43523</v>
       </c>
     </row>
     <row r="161">
       <c r="A161">
-        <v>1848</v>
+        <v>1857</v>
       </c>
       <c r="B161" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0437 - LI-ES2-1990130- Sede principale uffici comunali (COMUNE DI APRILIA) (LT). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP F17B17000220006"</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0072 - LI-ES2-2160153 - SCUOLA ELEMENTARE NINO MANFREDI – Comune di Roma – Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F87D18000550006</t>
         </is>
       </c>
       <c r="C161" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D161" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="E161" s="2">
-        <v>43496</v>
+        <v>43507</v>
       </c>
     </row>
     <row r="162">
       <c r="A162">
-        <v>1847</v>
+        <v>1856</v>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0079 - LI-ES2-3320347 Scuola elementare Cerboni (Comune di Roma) (RM). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP: F86C17000050006"</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0041 - LI-ES2-2570213- “Istituto Comprensivo Luigi Fantappie'” Piazza L. Concetti n. 1 nel Comune di Viterbo.Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP - F87D17000820006</t>
         </is>
       </c>
       <c r="C162" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="D162" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="E162" s="2">
-        <v>43522</v>
+        <v>43578</v>
       </c>
     </row>
     <row r="163">
       <c r="A163">
-        <v>1833</v>
+        <v>1855</v>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0371 -presso gli Uffici Pubblici - Ex Asl nel Comune di Monterotondo (RM). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP F98E17000050006 CIG: 7587906A1C</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0331 - LI-ES2-2740246 – presso gli Uffici Comunali di Piazza del Popolo Latina (LT) - Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione degli schemi di: domanda partecipazione, tabella dichiarazione requisiti professionali, offerta economica e tempo, bando di gara, disciplinare di gara, disciplinare di gara disciplinare di incarico – contratto -. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP - F22B16000010006</t>
         </is>
       </c>
       <c r="C163" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D163" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="E163" s="2">
-        <v>43490</v>
+        <v>43545</v>
       </c>
     </row>
     <row r="164">
       <c r="A164">
-        <v>1831</v>
+        <v>1849</v>
       </c>
       <c r="B164" t="inlineStr">
         <is>
-          <t>Nomina della Commissione giudicatrice della procedura ristretta, ai sensi dell'articolo 157, comma 2 e dell'articolo 61 del Decreto Legislativo 18 aprile 2016, n. 50, avente ad oggetto l'affidamento di servizi di architettura e ingegneria relativi ai lavori di efficientamento energetico dell'edificio sede della Giunta regionale della Regione Lazio sito Roma, in via Cristoforo Colombo 212 indetto con Determinazione G04617 del 9/04/2018 e G06728 del 25/05/2018.</t>
+          <t>Gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l’affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le Strutture della Regione Lazio: approvazione atti di gara ed indizione della procedura.</t>
         </is>
       </c>
       <c r="C164" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="D164" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="E164" s="2">
-        <v>43370</v>
-[...17 lines deleted...]
-        <v>43370</v>
+        <v>43543</v>
       </c>
     </row>
     <row r="165">
       <c r="A165">
-        <v>1829</v>
+        <v>1848</v>
       </c>
       <c r="B165" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0431 - presso la Scuola Primaria 'Luigi Minervini' e B-Scuola Secondaria di I livello 'Basilio Sisti' nel Comune di Rieti (RI). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F15B16000010006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0437 - LI-ES2-1990130- Sede principale uffici comunali (COMUNE DI APRILIA) (LT). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP F17B17000220006"</t>
         </is>
       </c>
       <c r="C165" t="s">
-        <v>384</v>
+        <v>377</v>
       </c>
       <c r="D165" t="s">
-        <v>385</v>
+        <v>378</v>
       </c>
       <c r="E165" s="2">
         <v>43496</v>
       </c>
     </row>
     <row r="166">
       <c r="A166">
-        <v>1828</v>
+        <v>1847</v>
       </c>
       <c r="B166" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0347 –presso la“Scuola primaria Giovanni Pascoli” nel Comune di Sutri (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP: F98E17000050006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0079 - LI-ES2-3320347 Scuola elementare Cerboni (Comune di Roma) (RM). Determina a contrarre per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018. CUP: F86C17000050006"</t>
         </is>
       </c>
       <c r="C166" t="s">
-        <v>386</v>
+        <v>379</v>
       </c>
       <c r="D166" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="E166" s="2">
-        <v>43556</v>
+        <v>43522</v>
       </c>
     </row>
     <row r="167">
       <c r="A167">
-        <v>1827</v>
+        <v>1833</v>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0255 - presso la “Scuola Media Ernesto Monaci” nel comune di Soriano nel Cimino (VT).Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F64D17000020009 CIG: 75891615C6</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0371 -presso gli Uffici Pubblici - Ex Asl nel Comune di Monterotondo (RM). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP F98E17000050006 CIG: 7587906A1C</t>
         </is>
       </c>
       <c r="C167" t="s">
-        <v>388</v>
+        <v>381</v>
       </c>
       <c r="D167" t="s">
-        <v>389</v>
+        <v>382</v>
       </c>
       <c r="E167" s="2">
-        <v>43515</v>
+        <v>43490</v>
       </c>
     </row>
     <row r="168">
       <c r="A168">
-        <v>1826</v>
+        <v>1831</v>
       </c>
       <c r="B168" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0137 - presso “l’Istituto Comprensivo XXV Aprile", Viale A. Gramsci nel Comune di Civita Castellana (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F65B17000500006</t>
+          <t>Nomina della Commissione giudicatrice della procedura ristretta, ai sensi dell'articolo 157, comma 2 e dell'articolo 61 del Decreto Legislativo 18 aprile 2016, n. 50, avente ad oggetto l'affidamento di servizi di architettura e ingegneria relativi ai lavori di efficientamento energetico dell'edificio sede della Giunta regionale della Regione Lazio sito Roma, in via Cristoforo Colombo 212 indetto con Determinazione G04617 del 9/04/2018 e G06728 del 25/05/2018.</t>
         </is>
       </c>
       <c r="C168" t="s">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="D168" t="s">
-        <v>391</v>
+        <v>384</v>
       </c>
       <c r="E168" s="2">
-        <v>43567</v>
+        <v>43370</v>
+      </c>
+      <c r="F168" t="s">
+        <v>385</v>
+      </c>
+      <c r="G168" s="2">
+        <v>43370</v>
+      </c>
+      <c r="H168" t="s">
+        <v>386</v>
+      </c>
+      <c r="I168" s="2">
+        <v>43370</v>
+      </c>
+      <c r="J168" t="s">
+        <v>387</v>
+      </c>
+      <c r="K168" s="2">
+        <v>43370</v>
       </c>
     </row>
     <row r="169">
       <c r="A169">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="B169" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0123 - presso l’Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84D16000040006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0431 - presso la Scuola Primaria 'Luigi Minervini' e B-Scuola Secondaria di I livello 'Basilio Sisti' nel Comune di Rieti (RI). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F15B16000010006</t>
         </is>
       </c>
       <c r="C169" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D169" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="E169" s="2">
-        <v>43384</v>
+        <v>43496</v>
       </c>
     </row>
     <row r="170">
       <c r="A170">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="B170" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0120 -presso la “Scuola media San Bartolomeo” nel Comune di Sezze (LT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. CUP: F14D16000000006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0347 –presso la“Scuola primaria Giovanni Pascoli” nel Comune di Sutri (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.  CUP: F98E17000050006</t>
         </is>
       </c>
       <c r="C170" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D170" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="E170" s="2">
-        <v>43384</v>
+        <v>43556</v>
       </c>
     </row>
     <row r="171">
       <c r="A171">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="B171" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0119 –presso la “Scuola elementare Melogrosso” nel SEZZE (LT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F14D17000400006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0255 - presso la “Scuola Media Ernesto Monaci” nel comune di Soriano nel Cimino (VT).Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F64D17000020009 CIG: 75891615C6</t>
         </is>
       </c>
       <c r="C171" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D171" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="E171" s="2">
-        <v>43384</v>
+        <v>43515</v>
       </c>
     </row>
     <row r="172">
       <c r="A172">
-        <v>1822</v>
+        <v>1826</v>
       </c>
       <c r="B172" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0080 -presso la “SCUOLA ELEMENTARE E MATERNA MAFFI” Nel Comune Di Roma Capitale. Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F87D18000310009</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0137 - presso “l’Istituto Comprensivo XXV Aprile", Viale A. Gramsci nel Comune di Civita Castellana (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F65B17000500006</t>
         </is>
       </c>
       <c r="C172" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="D172" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="E172" s="2">
-        <v>43384</v>
+        <v>43567</v>
       </c>
     </row>
     <row r="173">
       <c r="A173">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="B173" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0070 –presso la Scuola Elementare Gandhi", Via Corinaldo N. 41, Roma Capitale. Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84J17000170006</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0123 - presso l’Istituto Tecnico Commerciale di Via Monterozzi Marina nel Comune di Tarquinia (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84D16000040006</t>
         </is>
       </c>
       <c r="C173" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
       <c r="D173" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="E173" s="2">
-        <v>43501</v>
+        <v>43384</v>
       </c>
     </row>
     <row r="174">
       <c r="A174">
-        <v>1820</v>
+        <v>1824</v>
       </c>
       <c r="B174" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0043 -presso il Palazzo dei Priori – Sede Comunale nel Comune di Viterbo (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84J17000170006 – CIG 7590394F44</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0120 -presso la “Scuola media San Bartolomeo” nel Comune di Sezze (LT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. CUP: F14D16000000006</t>
         </is>
       </c>
       <c r="C174" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="D174" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="E174" s="2">
-        <v>43497</v>
+        <v>43384</v>
       </c>
     </row>
     <row r="175">
       <c r="A175">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="B175" t="inlineStr">
         <is>
-          <t>Appalto dei lavori di manutenzione straordinaria per la realizzazione di una stazione carabinieri presso il complesso “Ospedale Forlanini” palazzina 17, via Portuense 332, Roma</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0119 –presso la “Scuola elementare Melogrosso” nel SEZZE (LT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F14D17000400006</t>
         </is>
       </c>
       <c r="C175" t="s">
-        <v>404</v>
+        <v>400</v>
       </c>
       <c r="D175" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="E175" s="2">
-        <v>43433</v>
-[...17 lines deleted...]
-        <v>43433</v>
+        <v>43384</v>
       </c>
     </row>
     <row r="176">
       <c r="A176">
-        <v>1811</v>
+        <v>1822</v>
       </c>
       <c r="B176" t="inlineStr">
         <is>
-          <t>RDO Servizio di di supporto nella predisposizione ed espletamento concorso selettivo di formazione per l'assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica </t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0080 -presso la “SCUOLA ELEMENTARE E MATERNA MAFFI” Nel Comune Di Roma Capitale. Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F87D18000310009</t>
         </is>
       </c>
       <c r="C176" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="D176" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="E176" s="2">
-        <v>43360</v>
-[...17 lines deleted...]
-        <v>43360</v>
+        <v>43384</v>
       </c>
     </row>
     <row r="177">
       <c r="A177">
-        <v>1807</v>
+        <v>1821</v>
       </c>
       <c r="B177" t="inlineStr">
         <is>
-          <t>“Appalto specifico indetto dalla Regione Lazio, per l’affidamento di vaccini anti influenzali – Gara 2018”. ID CONSIP 2012983. Ammissioni ai fini del proseguo della procedura di gara”.</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0070 –presso la Scuola Elementare Gandhi", Via Corinaldo N. 41, Roma Capitale. Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84J17000170006</t>
         </is>
       </c>
       <c r="C177" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="D177" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="E177" s="2">
-        <v>43350</v>
+        <v>43501</v>
       </c>
     </row>
     <row r="178">
       <c r="A178">
-        <v>1790</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>1820</v>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0043 -presso il Palazzo dei Priori – Sede Comunale nel Comune di Viterbo (VT). Determina a contrarre per l’affidamento dell’incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione, ed approvazione dello schema lettera di invito, schema di offerta economica e tempo e lo schema di contratto. Impegno su Capitoli: A42200 - A42201 - A42202, codice creditore 3805, e A42134 - A42135 - A42136, codice creditore 159683, E.F. 2018.CUP: F84J17000170006 – CIG 7590394F44</t>
+        </is>
       </c>
       <c r="C178" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="D178" t="s">
-        <v>417</v>
+        <v>407</v>
       </c>
       <c r="E178" s="2">
-        <v>43293</v>
-[...11 lines deleted...]
-        <v>43293</v>
+        <v>43497</v>
       </c>
     </row>
     <row r="179">
       <c r="A179">
-        <v>1776</v>
+        <v>1815</v>
       </c>
       <c r="B179" t="inlineStr">
         <is>
-          <t>Gara per l'affidamento, in concessione, ai sensi dell’art. 164 del d. lgs. n. 50/2016 e s.m.i, per la gestione del servizio di erogazione di bevande calde, fredde, snack ed altri generi alimentari mediante l’installazione di distributori automatici - categoria 17 - codice CPV 42933000-5 (distributori automatici) e CPV 15000000-8 (prodotti alimentari e bevande), presso le sedi della regione Lazio.  CIG 74237017DC</t>
+          <t>Appalto dei lavori di manutenzione straordinaria per la realizzazione di una stazione carabinieri presso il complesso “Ospedale Forlanini” palazzina 17, via Portuense 332, Roma</t>
         </is>
       </c>
       <c r="C179" t="s">
-        <v>420</v>
+        <v>408</v>
       </c>
       <c r="D179" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="E179" s="2">
-        <v>43283</v>
+        <v>43433</v>
       </c>
       <c r="F179" t="s">
-        <v>422</v>
+        <v>409</v>
       </c>
       <c r="G179" s="2">
-        <v>43283</v>
+        <v>43433</v>
       </c>
       <c r="H179" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="I179" s="2">
-        <v>43283</v>
+        <v>43433</v>
       </c>
       <c r="J179" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
       <c r="K179" s="2">
-        <v>43283</v>
+        <v>43433</v>
       </c>
     </row>
     <row r="180">
       <c r="A180">
-        <v>1768</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>1811</v>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>RDO Servizio di di supporto nella predisposizione ed espletamento concorso selettivo di formazione per l'assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica </t>
+        </is>
       </c>
       <c r="C180" t="s">
-        <v>426</v>
+        <v>412</v>
       </c>
       <c r="D180" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="E180" s="2">
-        <v>43264</v>
+        <v>43360</v>
       </c>
       <c r="F180" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="G180" s="2">
-        <v>43264</v>
+        <v>43360</v>
       </c>
       <c r="H180" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="I180" s="2">
-        <v>43264</v>
+        <v>43360</v>
       </c>
       <c r="J180" t="s">
-        <v>430</v>
+        <v>416</v>
       </c>
       <c r="K180" s="2">
-        <v>43264</v>
+        <v>43360</v>
       </c>
     </row>
     <row r="181">
       <c r="A181">
+        <v>1807</v>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>“Appalto specifico indetto dalla Regione Lazio, per l’affidamento di vaccini anti influenzali – Gara 2018”. ID CONSIP 2012983. Ammissioni ai fini del proseguo della procedura di gara”.</t>
+        </is>
+      </c>
+      <c r="C181" t="s">
+        <v>417</v>
+      </c>
+      <c r="D181" t="s">
+        <v>418</v>
+      </c>
+      <c r="E181" s="2">
+        <v>43350</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182">
+        <v>1790</v>
+      </c>
+      <c r="B182" t="s">
+        <v>419</v>
+      </c>
+      <c r="C182" t="s">
+        <v>420</v>
+      </c>
+      <c r="D182" t="s">
+        <v>421</v>
+      </c>
+      <c r="E182" s="2">
+        <v>43293</v>
+      </c>
+      <c r="F182" t="s">
+        <v>422</v>
+      </c>
+      <c r="G182" s="2">
+        <v>43293</v>
+      </c>
+      <c r="H182" t="s">
+        <v>423</v>
+      </c>
+      <c r="I182" s="2">
+        <v>43293</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183">
+        <v>1776</v>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>Gara per l'affidamento, in concessione, ai sensi dell’art. 164 del d. lgs. n. 50/2016 e s.m.i, per la gestione del servizio di erogazione di bevande calde, fredde, snack ed altri generi alimentari mediante l’installazione di distributori automatici - categoria 17 - codice CPV 42933000-5 (distributori automatici) e CPV 15000000-8 (prodotti alimentari e bevande), presso le sedi della regione Lazio.  CIG 74237017DC</t>
+        </is>
+      </c>
+      <c r="C183" t="s">
+        <v>424</v>
+      </c>
+      <c r="D183" t="s">
+        <v>425</v>
+      </c>
+      <c r="E183" s="2">
+        <v>43283</v>
+      </c>
+      <c r="F183" t="s">
+        <v>426</v>
+      </c>
+      <c r="G183" s="2">
+        <v>43283</v>
+      </c>
+      <c r="H183" t="s">
+        <v>427</v>
+      </c>
+      <c r="I183" s="2">
+        <v>43283</v>
+      </c>
+      <c r="J183" t="s">
+        <v>428</v>
+      </c>
+      <c r="K183" s="2">
+        <v>43283</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184">
+        <v>1768</v>
+      </c>
+      <c r="B184" t="s">
+        <v>429</v>
+      </c>
+      <c r="C184" t="s">
+        <v>430</v>
+      </c>
+      <c r="D184" t="s">
+        <v>431</v>
+      </c>
+      <c r="E184" s="2">
+        <v>43264</v>
+      </c>
+      <c r="F184" t="s">
+        <v>432</v>
+      </c>
+      <c r="G184" s="2">
+        <v>43264</v>
+      </c>
+      <c r="H184" t="s">
+        <v>433</v>
+      </c>
+      <c r="I184" s="2">
+        <v>43264</v>
+      </c>
+      <c r="J184" t="s">
+        <v>434</v>
+      </c>
+      <c r="K184" s="2">
+        <v>43264</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185">
         <v>1754</v>
       </c>
-      <c r="B181" t="inlineStr">
+      <c r="B185" t="inlineStr">
         <is>
           <t>POR FESR Lazio 2014-2020, Call for proposal “Energia Sostenibile 2.0” – Azione 4.1.1 Aggiornamento Elenco regionale di professionisti esperti in risparmio energetico nell’edilizia e certificazione energetica degli edifici per l’affidamento dei servizi di ingegneria ed architettura di importo inferiore a € 100.000,00 ai sensi degli artt. 36 e 157 del d.lgs. n. 50/2016. Sostituzione membro della commissione nominato con determinazione n. G13793/2017
 </t>
         </is>
       </c>
-      <c r="C181" t="s">
-[...5 lines deleted...]
-      <c r="E181" s="2">
+      <c r="C185" t="s">
+        <v>435</v>
+      </c>
+      <c r="D185" t="s">
+        <v>436</v>
+      </c>
+      <c r="E185" s="2">
         <v>43251</v>
-      </c>
-[...144 lines deleted...]
-        <v>43231</v>
       </c>
     </row>
     <row r="186">
       <c r="A186">
-        <v>1722</v>
-[...4 lines deleted...]
-        </is>
+        <v>1750</v>
+      </c>
+      <c r="B186" t="s">
+        <v>437</v>
       </c>
       <c r="C186" t="s">
-        <v>454</v>
+        <v>438</v>
       </c>
       <c r="D186" t="s">
-        <v>455</v>
+        <v>439</v>
       </c>
       <c r="E186" s="2">
-        <v>43180</v>
+        <v>43438</v>
       </c>
       <c r="F186" t="s">
-        <v>456</v>
+        <v>440</v>
       </c>
       <c r="G186" s="2">
-        <v>43180</v>
-[...17 lines deleted...]
-        <v>43180</v>
+        <v>43438</v>
       </c>
     </row>
     <row r="187">
       <c r="A187">
-        <v>1721</v>
+        <v>1749</v>
       </c>
       <c r="B187" t="inlineStr">
         <is>
-          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi del D.Lgs. 163/2006, per l’affidamento della "Fornitura del servizio di ossigenoterapia domiciliare per i fabbisogni delle Aziende Asl del Lazio”. Procedura suddivisa in n. 6 (sei) lotti funzionali.</t>
+          <t>Gara ad evidenza pubblica a procedura aperta, sopra soglia comunitaria, in un unico lotto finalizzata all'affidamento dei servizi di raccolta, trasporto al trattamento dei rifiuti urbani e dei servizi di igiene urbana del Comune di Sabaudia</t>
         </is>
       </c>
       <c r="C187" t="s">
-        <v>460</v>
+        <v>441</v>
       </c>
       <c r="D187" t="s">
-        <v>461</v>
+        <v>442</v>
       </c>
       <c r="E187" s="2">
-        <v>43174</v>
+        <v>43238</v>
       </c>
       <c r="F187" t="s">
-        <v>462</v>
+        <v>443</v>
       </c>
       <c r="G187" s="2">
-        <v>43174</v>
+        <v>43238</v>
       </c>
       <c r="H187" t="s">
-        <v>463</v>
+        <v>444</v>
       </c>
       <c r="I187" s="2">
-        <v>43174</v>
+        <v>43238</v>
       </c>
       <c r="J187" t="s">
-        <v>464</v>
+        <v>445</v>
       </c>
       <c r="K187" s="2">
-        <v>43174</v>
+        <v>43238</v>
       </c>
     </row>
     <row r="188">
       <c r="A188">
-        <v>1719</v>
-[...2 lines deleted...]
-        <v>465</v>
+        <v>1748</v>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>Affidamento dei lavori di: “Mitigazione del rischio idrogeologico dell’abitato in frazione Pace del Comune di Pescorocchiano (RI)” Importo complessivo a base di gara: € 1.469.584,43 oltre IVA, di cui € 1.413.175,87 soggetti a ribasso d’asta ed € 56.408,56 per oneri per la sicurezza non soggetti a ribasso d’asta</t>
+        </is>
       </c>
       <c r="C188" t="s">
-        <v>466</v>
+        <v>446</v>
       </c>
       <c r="D188" t="s">
-        <v>467</v>
+        <v>447</v>
       </c>
       <c r="E188" s="2">
-        <v>44316</v>
+        <v>43214</v>
       </c>
       <c r="F188" t="s">
-        <v>468</v>
+        <v>448</v>
       </c>
       <c r="G188" s="2">
-        <v>44316</v>
+        <v>43214</v>
       </c>
       <c r="H188" t="s">
-        <v>469</v>
+        <v>449</v>
       </c>
       <c r="I188" s="2">
-        <v>44316</v>
+        <v>43234</v>
       </c>
       <c r="J188" t="s">
-        <v>470</v>
+        <v>450</v>
       </c>
       <c r="K188" s="2">
-        <v>44316</v>
+        <v>43214</v>
       </c>
       <c r="L188" t="s">
-        <v>471</v>
+        <v>451</v>
       </c>
       <c r="M188" s="2">
-        <v>44316</v>
+        <v>43234</v>
       </c>
       <c r="N188" t="s">
-        <v>472</v>
+        <v>452</v>
       </c>
       <c r="O188" s="2">
-        <v>44316</v>
+        <v>43214</v>
       </c>
     </row>
     <row r="189">
       <c r="A189">
-        <v>1713</v>
+        <v>1745</v>
       </c>
       <c r="B189" t="inlineStr">
         <is>
-          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi dell’art. 55 del D.Lgs. 50/2016, per l’affidamento del “Servizio di pulizia e sanificazione a ridotto impatto ambientale presso le Sedi istituzionali e gli Uffici della Regione Lazio”. Procedura suddivisa in n. 5 (cinque) lotti funzionali.</t>
+          <t>Procedura negoziata per la stipula di un Accordo Quadro (art. 54, D.lgs. 50/16), avente ad oggetto i lavori di messa in sicurezza e di manutenzione delle essenze arboree ubicate sulle fasce frangivento presenti nel territorio di Latina e Provincia – Durata: Biennio 2018-2019</t>
         </is>
       </c>
       <c r="C189" t="s">
-        <v>473</v>
+        <v>453</v>
       </c>
       <c r="D189" t="s">
-        <v>474</v>
+        <v>454</v>
       </c>
       <c r="E189" s="2">
-        <v>43224</v>
+        <v>43231</v>
       </c>
       <c r="F189" t="s">
-        <v>475</v>
+        <v>455</v>
       </c>
       <c r="G189" s="2">
-        <v>43375</v>
+        <v>43231</v>
       </c>
       <c r="H189" t="s">
-        <v>476</v>
+        <v>456</v>
       </c>
       <c r="I189" s="2">
-        <v>43091</v>
+        <v>43231</v>
+      </c>
+      <c r="J189" t="s">
+        <v>457</v>
+      </c>
+      <c r="K189" s="2">
+        <v>43231</v>
       </c>
     </row>
     <row r="190">
       <c r="A190">
-        <v>1711</v>
-[...2 lines deleted...]
-        <v>477</v>
+        <v>1722</v>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>Appalto Specifico per la fornitura di medicazioni generali e specialistiche occorrenti alle Aziende Sanitarie della Regione Lazio indetto con Determinazione n. G03692 del 14/04/2016</t>
+        </is>
       </c>
       <c r="C190" t="s">
-        <v>478</v>
+        <v>458</v>
       </c>
       <c r="D190" t="s">
-        <v>479</v>
+        <v>459</v>
       </c>
       <c r="E190" s="2">
-        <v>43790</v>
+        <v>43180</v>
       </c>
       <c r="F190" t="s">
-        <v>480</v>
+        <v>460</v>
       </c>
       <c r="G190" s="2">
-        <v>43790</v>
+        <v>43180</v>
       </c>
       <c r="H190" t="s">
-        <v>481</v>
+        <v>461</v>
       </c>
       <c r="I190" s="2">
-        <v>43790</v>
+        <v>43180</v>
       </c>
       <c r="J190" t="s">
-        <v>482</v>
+        <v>462</v>
       </c>
       <c r="K190" s="2">
-        <v>43790</v>
+        <v>43180</v>
+      </c>
+      <c r="L190" t="s">
+        <v>463</v>
+      </c>
+      <c r="M190" s="2">
+        <v>43180</v>
       </c>
     </row>
     <row r="191">
       <c r="A191">
-        <v>1708</v>
+        <v>1721</v>
       </c>
       <c r="B191" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0330 - LI-ES2-2740248- Scuola Media 'Aldo Manuzio' di Latina Scalo (LT). Rettifica Determina a contrarre n. G13081 del 17/10/2018 per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione ed approvazione degli schemi di: lettera di invito, offerta economica e tempo, schema disciplinare di incarico, domanda di partecipazione. CUP: F24D17000010006 CIG 78055900A4</t>
+          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi del D.Lgs. 163/2006, per l’affidamento della "Fornitura del servizio di ossigenoterapia domiciliare per i fabbisogni delle Aziende Asl del Lazio”. Procedura suddivisa in n. 6 (sei) lotti funzionali.</t>
         </is>
       </c>
       <c r="C191" t="s">
-        <v>483</v>
+        <v>464</v>
       </c>
       <c r="D191" t="s">
-        <v>484</v>
+        <v>465</v>
       </c>
       <c r="E191" s="2">
-        <v>43609</v>
+        <v>43174</v>
+      </c>
+      <c r="F191" t="s">
+        <v>466</v>
+      </c>
+      <c r="G191" s="2">
+        <v>43174</v>
+      </c>
+      <c r="H191" t="s">
+        <v>467</v>
+      </c>
+      <c r="I191" s="2">
+        <v>43174</v>
+      </c>
+      <c r="J191" t="s">
+        <v>468</v>
+      </c>
+      <c r="K191" s="2">
+        <v>43174</v>
       </c>
     </row>
     <row r="192">
       <c r="A192">
-        <v>1698</v>
-[...4 lines deleted...]
-        </is>
+        <v>1719</v>
+      </c>
+      <c r="B192" t="s">
+        <v>469</v>
       </c>
       <c r="C192" t="s">
-        <v>485</v>
+        <v>470</v>
       </c>
       <c r="D192" t="s">
-        <v>486</v>
+        <v>471</v>
       </c>
       <c r="E192" s="2">
-        <v>43235</v>
+        <v>44316</v>
       </c>
       <c r="F192" t="s">
-        <v>487</v>
+        <v>472</v>
       </c>
       <c r="G192" s="2">
-        <v>43235</v>
+        <v>44316</v>
       </c>
       <c r="H192" t="s">
-        <v>488</v>
+        <v>473</v>
       </c>
       <c r="I192" s="2">
-        <v>43235</v>
+        <v>44316</v>
       </c>
       <c r="J192" t="s">
-        <v>489</v>
+        <v>474</v>
       </c>
       <c r="K192" s="2">
-        <v>43235</v>
+        <v>44316</v>
+      </c>
+      <c r="L192" t="s">
+        <v>475</v>
+      </c>
+      <c r="M192" s="2">
+        <v>44316</v>
+      </c>
+      <c r="N192" t="s">
+        <v>476</v>
+      </c>
+      <c r="O192" s="2">
+        <v>44316</v>
       </c>
     </row>
     <row r="193">
       <c r="A193">
-        <v>1697</v>
+        <v>1713</v>
       </c>
       <c r="B193" t="inlineStr">
         <is>
-          <t>Interventi di manutenzione ordinaria, straordinaria e riqualificazione architettonica sul patrimonio immobiliare in proprietà e in uso della Regione Lazio - Lotto Roma Nord</t>
+          <t>Procedura di gara mediante adesione al “Sistema” Dinamico di Acquisizione di CONSIP SpA, ai sensi dell’art. 55 del D.Lgs. 50/2016, per l’affidamento del “Servizio di pulizia e sanificazione a ridotto impatto ambientale presso le Sedi istituzionali e gli Uffici della Regione Lazio”. Procedura suddivisa in n. 5 (cinque) lotti funzionali.</t>
         </is>
       </c>
       <c r="C193" t="s">
-        <v>490</v>
+        <v>477</v>
       </c>
       <c r="D193" t="s">
-        <v>486</v>
+        <v>478</v>
       </c>
       <c r="E193" s="2">
-        <v>43235</v>
+        <v>43224</v>
       </c>
       <c r="F193" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="G193" s="2">
-        <v>43235</v>
+        <v>43375</v>
       </c>
       <c r="H193" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="I193" s="2">
-        <v>43235</v>
-[...5 lines deleted...]
-        <v>43235</v>
+        <v>43091</v>
       </c>
     </row>
     <row r="194">
       <c r="A194">
-        <v>1693</v>
-[...4 lines deleted...]
-        </is>
+        <v>1711</v>
+      </c>
+      <c r="B194" t="s">
+        <v>481</v>
       </c>
       <c r="C194" t="s">
-        <v>491</v>
+        <v>482</v>
       </c>
       <c r="D194" t="s">
-        <v>492</v>
+        <v>483</v>
       </c>
       <c r="E194" s="2">
-        <v>43196</v>
+        <v>43790</v>
       </c>
       <c r="F194" t="s">
-        <v>493</v>
+        <v>484</v>
       </c>
       <c r="G194" s="2">
-        <v>43196</v>
+        <v>43790</v>
       </c>
       <c r="H194" t="s">
-        <v>494</v>
+        <v>485</v>
       </c>
       <c r="I194" s="2">
-        <v>43196</v>
+        <v>43790</v>
       </c>
       <c r="J194" t="s">
-        <v>495</v>
+        <v>486</v>
       </c>
       <c r="K194" s="2">
-        <v>43196</v>
+        <v>43790</v>
       </c>
     </row>
     <row r="195">
       <c r="A195">
-        <v>1691</v>
+        <v>1708</v>
       </c>
       <c r="B195" t="inlineStr">
         <is>
-          <t>Servizi di manutenzione ordinaria e straordinaria da adottare sull'asta del fiume Tevere, da Castel Giubileo all'Isola Tiberina, finalizzate al mantenimento delle pertinenze idrauliche per decoro urbano di Roma Capitale. Perizia n.303 del 11/11/2014</t>
+          <t>POR FESR Lazio 2014-2020, Call for proposal 2.0 relativa alla linea di intervento denominata "Energia sostenibile - Investire sugli edifici pubblici per migliorare la sostenibilità economica ed ambientale attraverso interventi per l'efficienza energetica e l'incremento dell'uso delle energie rinnovabili. Intervento A0100E0330 - LI-ES2-2740248- Scuola Media 'Aldo Manuzio' di Latina Scalo (LT). Rettifica Determina a contrarre n. G13081 del 17/10/2018 per l'affidamento dell'incarico di progettazione di fattibilità tecnico economica, definitiva ed esecutiva e di coordinamento della sicurezza in fase di progettazione ed approvazione degli schemi di: lettera di invito, offerta economica e tempo, schema disciplinare di incarico, domanda di partecipazione. CUP: F24D17000010006 CIG 78055900A4</t>
         </is>
       </c>
       <c r="C195" t="s">
-        <v>496</v>
+        <v>487</v>
       </c>
       <c r="D195" t="s">
-        <v>497</v>
+        <v>488</v>
       </c>
       <c r="E195" s="2">
-        <v>43004</v>
-[...17 lines deleted...]
-        <v>43004</v>
+        <v>43609</v>
       </c>
     </row>
     <row r="196">
       <c r="A196">
-        <v>1690</v>
-[...2 lines deleted...]
-        <v>501</v>
+        <v>1698</v>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>Interventi di manutenzione ordinaria, straordinaria e riqualificazione architettonica sul patrimonio immobiliare in proprietà e in uso della Regione Lazio - Lotto Roma Sud</t>
+        </is>
       </c>
       <c r="C196" t="s">
-        <v>502</v>
+        <v>489</v>
       </c>
       <c r="D196" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="E196" s="2">
-        <v>42990</v>
+        <v>43235</v>
       </c>
       <c r="F196" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="G196" s="2">
-        <v>42990</v>
+        <v>43235</v>
       </c>
       <c r="H196" t="s">
-        <v>505</v>
+        <v>492</v>
       </c>
       <c r="I196" s="2">
-        <v>42990</v>
+        <v>43235</v>
       </c>
       <c r="J196" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="K196" s="2">
-        <v>42990</v>
+        <v>43235</v>
       </c>
     </row>
     <row r="197">
       <c r="A197">
-        <v>1630</v>
+        <v>1697</v>
       </c>
       <c r="B197" t="inlineStr">
         <is>
-          <t>Appalto Specifico per la fornitura di prodotti farmaceutici utilizzati in ambito ospedaliero e per la distribuzione diretta occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara</t>
+          <t>Interventi di manutenzione ordinaria, straordinaria e riqualificazione architettonica sul patrimonio immobiliare in proprietà e in uso della Regione Lazio - Lotto Roma Nord</t>
         </is>
       </c>
       <c r="C197" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="D197" t="s">
-        <v>508</v>
+        <v>490</v>
       </c>
       <c r="E197" s="2">
-        <v>43172</v>
+        <v>43235</v>
+      </c>
+      <c r="F197" t="s">
+        <v>491</v>
+      </c>
+      <c r="G197" s="2">
+        <v>43235</v>
+      </c>
+      <c r="H197" t="s">
+        <v>492</v>
+      </c>
+      <c r="I197" s="2">
+        <v>43235</v>
+      </c>
+      <c r="J197" t="s">
+        <v>493</v>
+      </c>
+      <c r="K197" s="2">
+        <v>43235</v>
       </c>
     </row>
     <row r="198">
       <c r="A198">
-        <v>1579</v>
-[...2 lines deleted...]
-        <v>509</v>
+        <v>1693</v>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>Gara comunitaria centralizzata a procedura aperta per la fornitura triennale di aghi e siringhe occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione atti e indizione gara.</t>
+        </is>
       </c>
       <c r="C198" t="s">
-        <v>510</v>
+        <v>495</v>
       </c>
       <c r="D198" t="s">
-        <v>511</v>
+        <v>496</v>
       </c>
       <c r="E198" s="2">
-        <v>42986</v>
+        <v>43196</v>
       </c>
       <c r="F198" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="G198" s="2">
-        <v>42986</v>
+        <v>43196</v>
       </c>
       <c r="H198" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="I198" s="2">
-        <v>42986</v>
+        <v>43196</v>
       </c>
       <c r="J198" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="K198" s="2">
-        <v>42986</v>
+        <v>43196</v>
       </c>
     </row>
     <row r="199">
       <c r="A199">
-        <v>1573</v>
+        <v>1691</v>
       </c>
       <c r="B199" t="inlineStr">
         <is>
-          <t>Intervento titolato Lavori di ripristino della via lungo Liri Salvator Spiridigliozzi nel centro abitato di Pontecorvo (FR) e mitigazione delle condizioni di rischio idrogeologico del versante. Procedura di affidamento dell’incarico di Coordinamento della Sicurezza in fase di esecuzione</t>
+          <t>Servizi di manutenzione ordinaria e straordinaria da adottare sull'asta del fiume Tevere, da Castel Giubileo all'Isola Tiberina, finalizzate al mantenimento delle pertinenze idrauliche per decoro urbano di Roma Capitale. Perizia n.303 del 11/11/2014</t>
         </is>
       </c>
       <c r="C199" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="D199" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="E199" s="2">
-        <v>42947</v>
+        <v>43004</v>
       </c>
       <c r="F199" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="G199" s="2">
-        <v>42947</v>
+        <v>43004</v>
+      </c>
+      <c r="H199" t="s">
+        <v>503</v>
+      </c>
+      <c r="I199" s="2">
+        <v>43004</v>
+      </c>
+      <c r="J199" t="s">
+        <v>504</v>
+      </c>
+      <c r="K199" s="2">
+        <v>43004</v>
       </c>
     </row>
     <row r="200">
       <c r="A200">
-        <v>1568</v>
-[...4 lines deleted...]
-        </is>
+        <v>1690</v>
+      </c>
+      <c r="B200" t="s">
+        <v>505</v>
       </c>
       <c r="C200" t="s">
-        <v>518</v>
+        <v>506</v>
       </c>
       <c r="D200" t="s">
-        <v>519</v>
+        <v>507</v>
       </c>
       <c r="E200" s="2">
-        <v>42886</v>
+        <v>42990</v>
       </c>
       <c r="F200" t="s">
-        <v>520</v>
+        <v>508</v>
       </c>
       <c r="G200" s="2">
-        <v>42886</v>
+        <v>42990</v>
       </c>
       <c r="H200" t="s">
-        <v>521</v>
+        <v>509</v>
       </c>
       <c r="I200" s="2">
-        <v>42886</v>
+        <v>42990</v>
       </c>
       <c r="J200" t="s">
-        <v>522</v>
+        <v>510</v>
       </c>
       <c r="K200" s="2">
-        <v>42886</v>
+        <v>42990</v>
       </c>
     </row>
     <row r="201">
       <c r="A201">
+        <v>1630</v>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>Appalto Specifico per la fornitura di prodotti farmaceutici utilizzati in ambito ospedaliero e per la distribuzione diretta occorrenti alle Aziende Sanitarie della Regione Lazio. Approvazione schemi atti e indizione gara</t>
+        </is>
+      </c>
+      <c r="C201" t="s">
+        <v>511</v>
+      </c>
+      <c r="D201" t="s">
+        <v>512</v>
+      </c>
+      <c r="E201" s="2">
+        <v>43172</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202">
+        <v>1579</v>
+      </c>
+      <c r="B202" t="s">
+        <v>513</v>
+      </c>
+      <c r="C202" t="s">
+        <v>514</v>
+      </c>
+      <c r="D202" t="s">
+        <v>515</v>
+      </c>
+      <c r="E202" s="2">
+        <v>42986</v>
+      </c>
+      <c r="F202" t="s">
+        <v>516</v>
+      </c>
+      <c r="G202" s="2">
+        <v>42986</v>
+      </c>
+      <c r="H202" t="s">
+        <v>517</v>
+      </c>
+      <c r="I202" s="2">
+        <v>42986</v>
+      </c>
+      <c r="J202" t="s">
+        <v>518</v>
+      </c>
+      <c r="K202" s="2">
+        <v>42986</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203">
+        <v>1573</v>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>Intervento titolato Lavori di ripristino della via lungo Liri Salvator Spiridigliozzi nel centro abitato di Pontecorvo (FR) e mitigazione delle condizioni di rischio idrogeologico del versante. Procedura di affidamento dell’incarico di Coordinamento della Sicurezza in fase di esecuzione</t>
+        </is>
+      </c>
+      <c r="C203" t="s">
+        <v>519</v>
+      </c>
+      <c r="D203" t="s">
+        <v>520</v>
+      </c>
+      <c r="E203" s="2">
+        <v>42947</v>
+      </c>
+      <c r="F203" t="s">
+        <v>521</v>
+      </c>
+      <c r="G203" s="2">
+        <v>42947</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204">
+        <v>1568</v>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>Procedura di gara per la fornitura di divise invernali per il personale con qualifica di autista in servizio presso la Giunta Regionale avvio di procedura negoziata mediante invito a n. 5 operatori economici.</t>
+        </is>
+      </c>
+      <c r="C204" t="s">
+        <v>522</v>
+      </c>
+      <c r="D204" t="s">
+        <v>523</v>
+      </c>
+      <c r="E204" s="2">
+        <v>42886</v>
+      </c>
+      <c r="F204" t="s">
+        <v>524</v>
+      </c>
+      <c r="G204" s="2">
+        <v>42886</v>
+      </c>
+      <c r="H204" t="s">
+        <v>525</v>
+      </c>
+      <c r="I204" s="2">
+        <v>42886</v>
+      </c>
+      <c r="J204" t="s">
+        <v>526</v>
+      </c>
+      <c r="K204" s="2">
+        <v>42886</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205">
         <v>1567</v>
       </c>
-      <c r="B201" t="inlineStr">
+      <c r="B205" t="inlineStr">
         <is>
           <t>Autorizzazione ad espletare la gara, attraverso il MEPA, per l'affidamento del servizio di spedizione della corrispondenza della Regione Lazio sul territorio nazionale ed internazionale, per la durata di un anno - Importo a base d'asta € 190.000,00</t>
         </is>
       </c>
-      <c r="C201" t="s">
-[...5 lines deleted...]
-      <c r="E201" s="2">
+      <c r="C205" t="s">
+        <v>527</v>
+      </c>
+      <c r="D205" t="s">
+        <v>528</v>
+      </c>
+      <c r="E205" s="2">
         <v>42886</v>
       </c>
-      <c r="F201" t="s">
-[...2 lines deleted...]
-      <c r="G201" s="2">
+      <c r="F205" t="s">
+        <v>529</v>
+      </c>
+      <c r="G205" s="2">
         <v>42886</v>
       </c>
-      <c r="H201" t="s">
-[...2 lines deleted...]
-      <c r="I201" s="2">
+      <c r="H205" t="s">
+        <v>530</v>
+      </c>
+      <c r="I205" s="2">
         <v>42886</v>
       </c>
-      <c r="J201" t="s">
-[...2 lines deleted...]
-      <c r="K201" s="2">
+      <c r="J205" t="s">
+        <v>531</v>
+      </c>
+      <c r="K205" s="2">
         <v>42886</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>