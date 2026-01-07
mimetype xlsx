--- v0 (2025-11-07)
+++ v1 (2026-01-07)
@@ -9,65 +9,71 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="141">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="143">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Oggetto</t>
   </si>
   <si>
     <t>Link al bando</t>
   </si>
   <si>
     <t>Percorso</t>
   </si>
   <si>
     <t>Data pubblicazione</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3553</t>
+  </si>
+  <si>
+    <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3549</t>
   </si>
   <si>
     <t>Manifestazione di interesse (PRAE)</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3483</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3476</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3409</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3239</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3229</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3222</t>
   </si>
   <si>
     <t>regione.lazio.it/amministrazione-trasparente/atti-procedure-affidamento/3191</t>
   </si>
@@ -495,51 +501,51 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:S109"/>
+  <dimension ref="A1:S111"/>
   <cols>
     <col min="1" max="1" width="5" customWidth="1"/>
     <col min="2" max="2" width="60" customWidth="1"/>
     <col min="3" max="3" width="60" customWidth="1"/>
     <col min="4" max="4" width="57" customWidth="1"/>
     <col min="5" max="5" width="19" customWidth="1"/>
     <col min="6" max="6" width="26" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
     <col min="8" max="8" width="26" customWidth="1"/>
     <col min="9" max="9" width="19" customWidth="1"/>
     <col min="10" max="10" width="9" customWidth="1"/>
     <col min="11" max="11" width="19" customWidth="1"/>
     <col min="12" max="12" width="9" customWidth="1"/>
     <col min="13" max="13" width="19" customWidth="1"/>
     <col min="14" max="14" width="9" customWidth="1"/>
     <col min="15" max="15" width="19" customWidth="1"/>
     <col min="16" max="16" width="9" customWidth="1"/>
     <col min="17" max="17" width="19" customWidth="1"/>
     <col min="18" max="18" width="9" customWidth="1"/>
     <col min="19" max="19" width="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -579,2097 +585,2131 @@
       </c>
       <c r="M1" t="s">
         <v>4</v>
       </c>
       <c r="N1" t="s">
         <v>3</v>
       </c>
       <c r="O1" t="s">
         <v>4</v>
       </c>
       <c r="P1" t="s">
         <v>3</v>
       </c>
       <c r="Q1" t="s">
         <v>4</v>
       </c>
       <c r="R1" t="s">
         <v>3</v>
       </c>
       <c r="S1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
-        <v>3483</v>
-[...1 lines deleted...]
-      <c r="B2" t="s">
+        <v>3553</v>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle Aziende Sanitarie della Regione Lazio - farmaci 2025, Nona tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio - provvedimento di aggiudicazione.</t>
+        </is>
+      </c>
+      <c r="C2" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="D2"/>
       <c r="E2" s="2">
-        <v>45952</v>
-[...3 lines deleted...]
-        <v>45952</v>
+        <v>45978</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
-        <v>3476</v>
+        <v>3549</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Avviso per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per la verifica preventiva dell'infungibilità del servizio di accesso a banche dati, analisi strategica, ricerca di mercato e benchmarking internazionali nel settore dell'Information and Communication Technology.</t>
+          <t>Approvazione Avviso Pubblico per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per acquisizione di istanze di interesse per la fornitura di un servizio zoologico specialistico di gestione e controllo della fauna selvatica e attività accessorie</t>
         </is>
       </c>
       <c r="C3" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D3"/>
       <c r="E3" s="2">
-        <v>45943</v>
-[...11 lines deleted...]
-        <v>45943</v>
+        <v>45975</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
-        <v>3409</v>
-[...4 lines deleted...]
-        </is>
+        <v>3483</v>
+      </c>
+      <c r="B4" t="s">
+        <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4"/>
       <c r="E4" s="2">
-        <v>45854</v>
+        <v>45952</v>
       </c>
       <c r="F4"/>
       <c r="G4" s="2">
-        <v>45854</v>
+        <v>45952</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
-        <v>3239</v>
+        <v>3476</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Intervento denominato "Sistemazione del Parco della Pace nella sede del Consiglio Regionale con annessa Cappella" - CUP: F85H24000130001. Nomina del Responsabile unico del Progetto, ai sensi dell'art. 15, comma 1 e 2, del D.lgs. 31 marzo 2023, n. 36.&amp;nbsp;</t>
+          <t>Avviso per la consultazione preliminare di mercato indetta ai sensi dell'art. 77 del d.lgs. 36/2023 per la verifica preventiva dell'infungibilità del servizio di accesso a banche dati, analisi strategica, ricerca di mercato e benchmarking internazionali nel settore dell'Information and Communication Technology.</t>
         </is>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5"/>
       <c r="E5" s="2">
-        <v>45729</v>
+        <v>45943</v>
+      </c>
+      <c r="F5"/>
+      <c r="G5" s="2">
+        <v>45943</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5" s="2">
+        <v>45943</v>
+      </c>
+      <c r="J5"/>
+      <c r="K5" s="2">
+        <v>45943</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
-        <v>3229</v>
+        <v>3409</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 15^ Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 50 del D.lgs. 36/2023.</t>
+          <t>Approvazione schema di avviso di indagine di mercato per la manifestazione di interesse a partecipare alla procedura negoziata senza pubblicazione di bando, ai sensi dell'art. 50 comma 1 lettera e) del d.lgs. 36/2023 del decreto legislativo 36/2023, per l'affidamento del servizio di aggiornamento del Piano Regionale delle Attività Estrattive (PRAE), approvato con D.C.R. n.7 del 20 aprile 2011, comprensivo del Rapporto ambientale e dello Studio di incidenza.</t>
         </is>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6"/>
       <c r="E6" s="2">
-        <v>45715</v>
+        <v>45854</v>
+      </c>
+      <c r="F6"/>
+      <c r="G6" s="2">
+        <v>45854</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
-        <v>3222</v>
+        <v>3239</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'affidamento del "Servizio di vigilanza antincendio" per le Aziende Sanitarie e Ospedaliere" e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.Lgs. 36/2023</t>
+          <t>Intervento denominato "Sistemazione del Parco della Pace nella sede del Consiglio Regionale con annessa Cappella" - CUP: F85H24000130001. Nomina del Responsabile unico del Progetto, ai sensi dell'art. 15, comma 1 e 2, del D.lgs. 31 marzo 2023, n. 36.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7"/>
       <c r="E7" s="2">
-        <v>45705</v>
+        <v>45729</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
-        <v>3191</v>
+        <v>3229</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Consultazione preliminare di mercato, ai sensi degli articoli 77 e 78 del D.Lgs. n. 36/2023, per la gara centralizzata avente oggetto affidamento del Servizio di Ristorazione per le Aziende Sanitarie della Regione Lazio. Approvazione schema di avviso pubblico e avvio consultazione.</t>
+          <t>POR FESR Lazio 2014-2020 Call for proposal "Energia sostenibile 2.0" Asse Prioritario 4 Azione 4.1.1 _ 15^ Aggiornamento elenco operatori economici abilitati a svolgere il servizio di certificazione della prestazione energetica degli edifici, di importo inferiore a 5.000,00 euro, mediante affidamento diretto ai sensi dell'art. 50 del D.lgs. 36/2023.</t>
         </is>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8"/>
       <c r="E8" s="2">
-        <v>45679</v>
+        <v>45715</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
-        <v>3133</v>
+        <v>3222</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Impegno di spesa per il fondo incentivi quota parte fabbisogno ASL relativo alla gara a procedura aperta suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di € 29.184,16 € sul cap. U0000H11727 e accertamento per importo di € 29.184,16 sul cap. E0000341560 al Fondo incentivi ex art. 383 sexies R.R. n.1/2002, es. fin. 2024 - 2025</t>
+          <t>Costituzione del Gruppo Tecnico di Progettazione per la predisposizione degli atti di gara dell'iniziativa centralizzata finalizzata all'affidamento del "Servizio di vigilanza antincendio" per le Aziende Sanitarie e Ospedaliere" e individuazione del Responsabile Unico del Progetto ai sensi dell'art. 15 del D.Lgs. 36/2023</t>
         </is>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9"/>
       <c r="E9" s="2">
-        <v>45636</v>
+        <v>45705</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
-        <v>3092</v>
+        <v>3191</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Promozione d'immagine per la Regione Lazio sulla pubblicazione "La Cappella dell'Avvocata Nostra e la Vicovaro sacra: culto, arte e storia nei secoli", a cura della Parrocchia di San Pietro Apostolo (cod. cred. 91575). Impegno di spesa di € 9.000,00 (IVA esente) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG: B3A0DDB5C5.&amp;nbsp;</t>
+          <t>Consultazione preliminare di mercato, ai sensi degli articoli 77 e 78 del D.Lgs. n. 36/2023, per la gara centralizzata avente oggetto affidamento del Servizio di Ristorazione per le Aziende Sanitarie della Regione Lazio. Approvazione schema di avviso pubblico e avvio consultazione.</t>
         </is>
       </c>
       <c r="C10" t="s">
         <v>14</v>
       </c>
       <c r="D10"/>
       <c r="E10" s="2">
-        <v>45593</v>
+        <v>45679</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
-        <v>2986</v>
+        <v>3133</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per l'acquisto di spazi pubblicitari sulla rivista gratuita "SPORTCLUB". Impegno di spesa in favore di MarketingXpression di Oddino Marco (cod. cred. 173589) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B0B59FDA92.</t>
+          <t>Impegno di spesa per il fondo incentivi quota parte fabbisogno ASL relativo alla gara a procedura aperta suddivisa in 4 lotti, finalizzata alla stipula di Convenzioni Quadro per l'affidamento dei servizi di facchinaggio e trasloco, per le Strutture Regionali, gli Enti S.S.R., gli Enti Locali e le altre Amministrazioni Pubbliche del territorio della Regione Lazio - Edizione 2. Impegno di € 29.184,16 € sul cap. U0000H11727 e accertamento per importo di € 29.184,16 sul cap. E0000341560 al Fondo incentivi ex art. 383 sexies R.R. n.1/2002, es. fin. 2024 - 2025</t>
         </is>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11"/>
       <c r="E11" s="2">
-        <v>45370</v>
+        <v>45636</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
-        <v>2985</v>
+        <v>3092</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la promozione d'immagine della Regione Lazio in occasione dell'evento Celebrazioni Benedettine 2024 - Città di Subiaco (RM). Impegno di spesa in favore del Comune di Subiaco di € 36.600,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B09919DDC0.</t>
+          <t>Promozione d'immagine per la Regione Lazio sulla pubblicazione "La Cappella dell'Avvocata Nostra e la Vicovaro sacra: culto, arte e storia nei secoli", a cura della Parrocchia di San Pietro Apostolo (cod. cred. 91575). Impegno di spesa di € 9.000,00 (IVA esente) sul capitolo di spesa U0000R31902 - Es. Fin. 2024. CIG: B3A0DDB5C5.&amp;nbsp;</t>
         </is>
       </c>
       <c r="C12" t="s">
         <v>16</v>
       </c>
       <c r="D12"/>
       <c r="E12" s="2">
-        <v>45370</v>
+        <v>45593</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
-        <v>2970</v>
+        <v>2986</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>PIANO DI SVILUPPO E COESIONE. Progetti A0489P0008-A0489P0009- A0489P0010. Impegni di spesa per complessivi euro 1.956.259,00 sui capitoli U0000A42131-U0000A42132-U0000A42133, es. fin. 2023, in favore di LAZIOcrea Spa (cod. cred. 164838) per attuazione n.3 interventi ammessi a finanziamento sulle risorse PSC (delibera CIPESS n. 29/2021 - "Sez. speciale 2 ex FESR", procedura di attivazione n. A0489.
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per l'acquisto di spazi pubblicitari sulla rivista gratuita "SPORTCLUB". Impegno di spesa in favore di MarketingXpression di Oddino Marco (cod. cred. 173589) di € 18.300,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B0B59FDA92.</t>
         </is>
       </c>
       <c r="C13" t="s">
         <v>17</v>
       </c>
       <c r="D13"/>
       <c r="E13" s="2">
-        <v>45308</v>
+        <v>45370</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
-        <v>2969</v>
+        <v>2985</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Perfezionamento prenotazione impegno n. 70122/2023 di € 838.604,59 sul capitolo U0000S22501, es. fin. 2023, assunta con dgr n. 889/2023 in favore di LAZIOcrea Spa (codice creditore 164838) per l'esecuzione dei lavori aggiuntivi per il completamento del Centro logistico Protezione civile di Capena (RM).
-</t>
+          <t>Affidamento diretto ai sensi dell'art. 50, comma 1, lettera b) del D.lgs. 36/2023 attraverso la piattaforma STELLA, per la promozione d'immagine della Regione Lazio in occasione dell'evento Celebrazioni Benedettine 2024 - Città di Subiaco (RM). Impegno di spesa in favore del Comune di Subiaco di € 36.600,00 Iva inclusa sul capitolo U0000R31902 - Esercizio Finanziario 2024. CIG: B09919DDC0.</t>
         </is>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14"/>
       <c r="E14" s="2">
-        <v>45308</v>
+        <v>45370</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
-        <v>2968</v>
+        <v>2970</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Progetto I202101786. Procedura ex art. 60, D.Lgs. 50/2016, per affidamento servizio di verifica della vulnerabilità sismica, esecuzione di prove e indagini e la redazione della progettazione di fattibilità tecnico ed economica degli interventi di adeguamento sismico sede regionale via Cristoforo Colombo n. 212, Roma. Modifiche contrattuali ex art. 106, D.lgs 50/2016, rimodulazione quadro economico. Perfezionamento prenotazione impegno di spesa n. 38646/2023 sul Capitolo U0000C12170, es. fin. 2023, per l’importo complessivo di euro 313.128,74 (comprensivo di cassa previdenziale ed IVA) a favore di RTI PROGEN SRL - GEOLOGO SERGIO DOLFIN - SIDERCEM - PLANIR S.R.L. - TECHNOSIDE SRL. Impegno di spesa di € 410,00 sul cap. U0000T19427, es. fin. 2023, a favore di ANAC. CUP F86C21000010001D - CIG A037D7C470.
+          <t>PIANO DI SVILUPPO E COESIONE. Progetti A0489P0008-A0489P0009- A0489P0010. Impegni di spesa per complessivi euro 1.956.259,00 sui capitoli U0000A42131-U0000A42132-U0000A42133, es. fin. 2023, in favore di LAZIOcrea Spa (cod. cred. 164838) per attuazione n.3 interventi ammessi a finanziamento sulle risorse PSC (delibera CIPESS n. 29/2021 - "Sez. speciale 2 ex FESR", procedura di attivazione n. A0489.
 </t>
         </is>
       </c>
       <c r="C15" t="s">
         <v>19</v>
       </c>
       <c r="D15"/>
       <c r="E15" s="2">
         <v>45308</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
-        <v>2967</v>
+        <v>2969</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Progetto I202201694. Campagna "Art Bonus - Regione Lazio" - impegno di spesa di € 68.132,92 sul capitolo U0000G24113 e di € 24.658,66 sul capitolo U0000G11132, es. fin. 2023, in favore di LAZIOCrea s.p.a, (cod. cred. 164838), in qualità di Soggetto attuatore del "Programma degli interventi" di cui alla dgr n. 781/2016.
+          <t>Perfezionamento prenotazione impegno n. 70122/2023 di € 838.604,59 sul capitolo U0000S22501, es. fin. 2023, assunta con dgr n. 889/2023 in favore di LAZIOcrea Spa (codice creditore 164838) per l'esecuzione dei lavori aggiuntivi per il completamento del Centro logistico Protezione civile di Capena (RM).
 </t>
         </is>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16"/>
       <c r="E16" s="2">
         <v>45308</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
-        <v>2966</v>
+        <v>2968</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Procedura di affidamento, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura sedute edificio "WeGil" - Roma. Impegno di spesa di euro 10.431,00 sul capitolo U0000S22509, es. fin. 2023 in favore della Società Click ufficio srl (codice creditore 127595). Smart cig ZE33D91FAA.
+          <t>Progetto I202101786. Procedura ex art. 60, D.Lgs. 50/2016, per affidamento servizio di verifica della vulnerabilità sismica, esecuzione di prove e indagini e la redazione della progettazione di fattibilità tecnico ed economica degli interventi di adeguamento sismico sede regionale via Cristoforo Colombo n. 212, Roma. Modifiche contrattuali ex art. 106, D.lgs 50/2016, rimodulazione quadro economico. Perfezionamento prenotazione impegno di spesa n. 38646/2023 sul Capitolo U0000C12170, es. fin. 2023, per l’importo complessivo di euro 313.128,74 (comprensivo di cassa previdenziale ed IVA) a favore di RTI PROGEN SRL - GEOLOGO SERGIO DOLFIN - SIDERCEM - PLANIR S.R.L. - TECHNOSIDE SRL. Impegno di spesa di € 410,00 sul cap. U0000T19427, es. fin. 2023, a favore di ANAC. CUP F86C21000010001D - CIG A037D7C470.
 </t>
         </is>
       </c>
       <c r="C17" t="s">
         <v>21</v>
       </c>
       <c r="D17"/>
       <c r="E17" s="2">
         <v>45308</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
-        <v>2961</v>
+        <v>2967</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione della trasmissione televisiva "In cammino - I luoghi del Natale", in onda su&amp;nbsp;RAITRE il 25 dicembre 2023, a cura della Capware Factory srl (cod. cred. 248711). Impegno di spesa di € 21.960,00 (IVA&amp;nbsp;inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2023. CIG: Z3D3DD45DF
+          <t>Progetto I202201694. Campagna "Art Bonus - Regione Lazio" - impegno di spesa di € 68.132,92 sul capitolo U0000G24113 e di € 24.658,66 sul capitolo U0000G11132, es. fin. 2023, in favore di LAZIOCrea s.p.a, (cod. cred. 164838), in qualità di Soggetto attuatore del "Programma degli interventi" di cui alla dgr n. 781/2016.
 </t>
         </is>
       </c>
       <c r="C18" t="s">
         <v>22</v>
       </c>
       <c r="D18"/>
       <c r="E18" s="2">
-        <v>45299</v>
+        <v>45308</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
-        <v>2946</v>
+        <v>2966</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizio di smaltimento rifiuti immobile sito nel Comune di Bracciano (RM) - via S. Negretti, 1. Impegno di spesa di euro 4.239,50 sul capitolo U0000S23416, es. fin. 2023 in favore della Società Massimi Aurelio e Figli srl (codice creditore 133951). Smartcig Z1C3CF4535.
+          <t>Procedura di affidamento, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, fornitura sedute edificio "WeGil" - Roma. Impegno di spesa di euro 10.431,00 sul capitolo U0000S22509, es. fin. 2023 in favore della Società Click ufficio srl (codice creditore 127595). Smart cig ZE33D91FAA.
 </t>
         </is>
       </c>
       <c r="C19" t="s">
         <v>23</v>
       </c>
       <c r="D19"/>
       <c r="E19" s="2">
-        <v>45272</v>
+        <v>45308</v>
       </c>
     </row>
     <row r="20">
       <c r="A20">
-        <v>2945</v>
+        <v>2961</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, fornitura segnaletica interna per uffici. Impegno di spesa di € 49.499,26 sul capitolo U0000S21908 es. fin. 2023/2024, del corrente bilancio della Regione Lazio in favore della Ditta Errebian spa (cod. cred.18642). Impegno di euro 35,00 sul Capitolo U0000T19427, es. fin. 2023, a favore di ANAC. Num. smart CIG A02DF00B5B.
+          <t>Visibilità della Regione Lazio in occasione della trasmissione televisiva "In cammino - I luoghi del Natale", in onda su&amp;nbsp;RAITRE il 25 dicembre 2023, a cura della Capware Factory srl (cod. cred. 248711). Impegno di spesa di € 21.960,00 (IVA&amp;nbsp;inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2023. CIG: Z3D3DD45DF
 </t>
         </is>
       </c>
       <c r="C20" t="s">
         <v>24</v>
       </c>
       <c r="D20"/>
       <c r="E20" s="2">
-        <v>45272</v>
+        <v>45299</v>
       </c>
     </row>
     <row r="21">
       <c r="A21">
-        <v>2944</v>
+        <v>2946</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizio di disinfestazione edificio 1 sede regionale via Tavola D'Argento, 1 (RI). Impegno di spesa di euro 17.812,00 sul capitolo U0000S23416, es. fin. 2023/2024 in favore della Società M. S. Servizi srl (codice creditore 155092). Smart cig ZE43D4169E.
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizio di smaltimento rifiuti immobile sito nel Comune di Bracciano (RM) - via S. Negretti, 1. Impegno di spesa di euro 4.239,50 sul capitolo U0000S23416, es. fin. 2023 in favore della Società Massimi Aurelio e Figli srl (codice creditore 133951). Smartcig Z1C3CF4535.
 </t>
         </is>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21"/>
       <c r="E21" s="2">
         <v>45272</v>
       </c>
     </row>
     <row r="22">
       <c r="A22">
-        <v>2943</v>
+        <v>2945</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico di redazione perizie di stime immobili di proprietà regionale a uso abitativo siti nel comune di Roma, Impegno di spesa di euro 14.280,00 sul capitolo U0000S21909, es. fin. 2023, in favore del geom. Daniele Petracchiola (cod. cred. 247821) num. Smartcig Z3D3CF60BB.</t>
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, fornitura segnaletica interna per uffici. Impegno di spesa di € 49.499,26 sul capitolo U0000S21908 es. fin. 2023/2024, del corrente bilancio della Regione Lazio in favore della Ditta Errebian spa (cod. cred.18642). Impegno di euro 35,00 sul Capitolo U0000T19427, es. fin. 2023, a favore di ANAC. Num. smart CIG A02DF00B5B.
+</t>
         </is>
       </c>
       <c r="C22" t="s">
         <v>26</v>
       </c>
       <c r="D22"/>
       <c r="E22" s="2">
         <v>45272</v>
       </c>
     </row>
     <row r="23">
       <c r="A23">
-        <v>2931</v>
+        <v>2944</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale contro la violenza sulle donne. Impegno di spesa complessivo di € 236.633,95 (IVA inclusa) a creditori vari. Capitolo di spesa U0000R31902 - Es. Fin. 2023.
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, servizio di disinfestazione edificio 1 sede regionale via Tavola D'Argento, 1 (RI). Impegno di spesa di euro 17.812,00 sul capitolo U0000S23416, es. fin. 2023/2024 in favore della Società M. S. Servizi srl (codice creditore 155092). Smart cig ZE43D4169E.
 </t>
         </is>
       </c>
       <c r="C23" t="s">
         <v>27</v>
       </c>
       <c r="D23"/>
       <c r="E23" s="2">
-        <v>45254</v>
+        <v>45272</v>
       </c>
     </row>
     <row r="24">
       <c r="A24">
-        <v>2928</v>
-[...1 lines deleted...]
-      <c r="B24" t="s">
+        <v>2943</v>
+      </c>
+      <c r="B24" t="inlineStr">
+        <is>
+          <t>Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico di redazione perizie di stime immobili di proprietà regionale a uso abitativo siti nel comune di Roma, Impegno di spesa di euro 14.280,00 sul capitolo U0000S21909, es. fin. 2023, in favore del geom. Daniele Petracchiola (cod. cred. 247821) num. Smartcig Z3D3CF60BB.</t>
+        </is>
+      </c>
+      <c r="C24" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D24"/>
       <c r="E24" s="2">
-        <v>45244</v>
+        <v>45272</v>
       </c>
     </row>
     <row r="25">
       <c r="A25">
-        <v>2922</v>
+        <v>2931</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Istituzione di un Albo regionale di Operatori Economici da utilizzarsi per gli affidamenti di lavori diversi dalle procedure aperte o ristrette, di importo inferiore alle soglie di rilevanza europea di cui all'art. 14 del D. Lgs. n. 36/2023.
+          <t>Campagna di comunicazione istituzionale contro la violenza sulle donne. Impegno di spesa complessivo di € 236.633,95 (IVA inclusa) a creditori vari. Capitolo di spesa U0000R31902 - Es. Fin. 2023.
 </t>
         </is>
       </c>
       <c r="C25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D25"/>
       <c r="E25" s="2">
-        <v>45299</v>
-[...27 lines deleted...]
-        <v>45299</v>
+        <v>45254</v>
       </c>
     </row>
     <row r="26">
       <c r="A26">
-        <v>2920</v>
-[...5 lines deleted...]
-        </is>
+        <v>2928</v>
+      </c>
+      <c r="B26" t="s">
+        <v>30</v>
       </c>
       <c r="C26" t="s">
         <v>31</v>
       </c>
       <c r="D26"/>
       <c r="E26" s="2">
-        <v>45215</v>
+        <v>45244</v>
       </c>
     </row>
     <row r="27">
       <c r="A27">
-        <v>2919</v>
+        <v>2922</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Realizzazione di un murales all'interno del Comune di Roma nell'ambito dell'iniziativa "Ottobre Rosa", a cura dell'Associazione Europa Donna Italia (cod. cred. 247378). Impegno di spesa di € 9.760,00 (IVA inclusa) sul capitolo di spesa U0000H11726 - Es. Fin. 2023. CIG ZAB3CB0240.
+          <t>Istituzione di un Albo regionale di Operatori Economici da utilizzarsi per gli affidamenti di lavori diversi dalle procedure aperte o ristrette, di importo inferiore alle soglie di rilevanza europea di cui all'art. 14 del D. Lgs. n. 36/2023.
 </t>
         </is>
       </c>
       <c r="C27" t="s">
         <v>32</v>
       </c>
       <c r="D27"/>
       <c r="E27" s="2">
-        <v>45215</v>
+        <v>45299</v>
+      </c>
+      <c r="F27"/>
+      <c r="G27" s="2">
+        <v>45299</v>
+      </c>
+      <c r="H27"/>
+      <c r="I27" s="2">
+        <v>45299</v>
+      </c>
+      <c r="J27"/>
+      <c r="K27" s="2">
+        <v>45299</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" s="2">
+        <v>45299</v>
+      </c>
+      <c r="N27"/>
+      <c r="O27" s="2">
+        <v>45299</v>
+      </c>
+      <c r="P27"/>
+      <c r="Q27" s="2">
+        <v>45299</v>
+      </c>
+      <c r="R27"/>
+      <c r="S27" s="2">
+        <v>45299</v>
       </c>
     </row>
     <row r="28">
       <c r="A28">
-        <v>2918</v>
+        <v>2920</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Visibilità Regione Lazio in occasione della manifestazione "Tennis&amp;amp;Friends", che si svolgerà dal 13 al 15 ottobre presso il Foro Italico di Roma, a cura REAL SPORT EVENTS A.S. (cod. cred. 156895). Impegno di spesa di € 24.400,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2023. CIG: ZCB3CBA5CA.
+          <t>Affidamento diretto alla Società Laziocrea SpA, ai sensi del Decreto Legislativo 36/2023 art. 7 comma 2, servizio di creatività per la realizzazione di due Campagne istituzionali. Impegno di spesa complessivo di € 60.000,00 IVA inclusa. Capitolo di spesa U0000H11726 - Es. Fin. 2023.
 </t>
         </is>
       </c>
       <c r="C28" t="s">
         <v>33</v>
       </c>
       <c r="D28"/>
       <c r="E28" s="2">
         <v>45215</v>
       </c>
     </row>
     <row r="29">
       <c r="A29">
-        <v>2916</v>
+        <v>2919</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Intervento I202300662.Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico progettazione taglio boschi cedui matricinati, siti nei Comuni di Viterbo, Orte e San Lorenzo Nuovo. Impegno di spesa di euro 16.710,00 sul capitolo U0000E23913, es. fin. 2023, in favore del dott. Alessandro Quatrini (cod. cred. 246618) num. smart CIG ZC43C4B250</t>
+          <t>Realizzazione di un murales all'interno del Comune di Roma nell'ambito dell'iniziativa "Ottobre Rosa", a cura dell'Associazione Europa Donna Italia (cod. cred. 247378). Impegno di spesa di € 9.760,00 (IVA inclusa) sul capitolo di spesa U0000H11726 - Es. Fin. 2023. CIG ZAB3CB0240.
+</t>
         </is>
       </c>
       <c r="C29" t="s">
         <v>34</v>
       </c>
       <c r="D29"/>
       <c r="E29" s="2">
-        <v>45212</v>
+        <v>45215</v>
       </c>
     </row>
     <row r="30">
       <c r="A30">
-        <v>2915</v>
+        <v>2918</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Intervento I202300659. Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, incarico progettazione taglio boschi cedui matricinati, sito nel Comune di Rieti-loc.tà Villa Ponam. Impegno di spesa di euro 7.285,45 sul capitolo U0000E23913, es. fin. 2023, in favore della Dott.ssa Valentina Fasciolo (cod. cred. 246799) num. smart CIG Z0B3C4D2CF.
+          <t>Visibilità Regione Lazio in occasione della manifestazione "Tennis&amp;amp;Friends", che si svolgerà dal 13 al 15 ottobre presso il Foro Italico di Roma, a cura REAL SPORT EVENTS A.S. (cod. cred. 156895). Impegno di spesa di € 24.400,00 (IVA inclusa) sul capitolo di spesa U0000R31902 - Es. Fin. 2023. CIG: ZCB3CBA5CA.
 </t>
         </is>
       </c>
       <c r="C30" t="s">
         <v>35</v>
       </c>
       <c r="D30"/>
       <c r="E30" s="2">
-        <v>45212</v>
+        <v>45215</v>
       </c>
     </row>
     <row r="31">
       <c r="A31">
-        <v>2906</v>
+        <v>2916</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Interventi progettuali di visibilità del Presidente della Regione Lazio e della Giunta Regionale. Impegno di spesa complessivo di euro 520.000,00 (I.V.A. inclusa) a favore di LAZIOcrea S.p.A. - Capitolo U0000R31906 - Esercizi Finanziari 2023 - 2025.
-</t>
+          <t>Intervento I202300662.Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite piattaforma telematica S.TEL.LA - mercato elettronico della Regione Lazio (Me.La), incarico progettazione taglio boschi cedui matricinati, siti nei Comuni di Viterbo, Orte e San Lorenzo Nuovo. Impegno di spesa di euro 16.710,00 sul capitolo U0000E23913, es. fin. 2023, in favore del dott. Alessandro Quatrini (cod. cred. 246618) num. smart CIG ZC43C4B250</t>
         </is>
       </c>
       <c r="C31" t="s">
         <v>36</v>
       </c>
       <c r="D31"/>
       <c r="E31" s="2">
-        <v>45184</v>
+        <v>45212</v>
       </c>
     </row>
     <row r="32">
       <c r="A32">
-        <v>2905</v>
+        <v>2915</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Disimpegno della somma complessiva di € 63.427,50 - Impegni nn. 16686/2023, 16693/2023, 16694/2023, 16699/2023, assunti sul Capitolo U0000R31908 a favore di vari Enti Pubblici, impegno n. 16643/2023 assunto sul Capitolo U0000R31907 a favore dell'I.P.S.S.A.R. Ugo Tognazzi di Velletri, impegno n. 16704/2023 assunto sul Capitolo U0000R31910 a favore dell'Associazione L'Isola Solidale - Esercizio Finanziario 2023.
+          <t>Intervento I202300659. Procedura di affidamento mediante trattativa diretta, ai sensi dell'art. 50, comma 1, lett. b) del D. lgs n. 36/2023, tramite mercato elettronico della Regione Lazio (Me.La) della piattaforma telematica S.TEL.LA, incarico progettazione taglio boschi cedui matricinati, sito nel Comune di Rieti-loc.tà Villa Ponam. Impegno di spesa di euro 7.285,45 sul capitolo U0000E23913, es. fin. 2023, in favore della Dott.ssa Valentina Fasciolo (cod. cred. 246799) num. smart CIG Z0B3C4D2CF.
 </t>
         </is>
       </c>
       <c r="C32" t="s">
         <v>37</v>
       </c>
       <c r="D32"/>
       <c r="E32" s="2">
-        <v>45184</v>
+        <v>45212</v>
       </c>
     </row>
     <row r="33">
       <c r="A33">
-        <v>2904</v>
+        <v>2906</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>D.G.R. n. 463/2023 avente per oggetto: Atto d'indirizzo a LazioCrea S.p.A. Programmazione delle attività di valorizzazione dei siti regionali di rilevanza strategica nonché interventi di promozione culturale sul territorio. Annualità 2023. Presa d'atto dell'approvazione progettuale proposta da LazioCrea S.p.A. disposta dal R.U.P.
+          <t>Interventi progettuali di visibilità del Presidente della Regione Lazio e della Giunta Regionale. Impegno di spesa complessivo di euro 520.000,00 (I.V.A. inclusa) a favore di LAZIOcrea S.p.A. - Capitolo U0000R31906 - Esercizi Finanziari 2023 - 2025.
 </t>
         </is>
       </c>
       <c r="C33" t="s">
         <v>38</v>
       </c>
       <c r="D33"/>
       <c r="E33" s="2">
         <v>45184</v>
       </c>
     </row>
     <row r="34">
       <c r="A34">
-        <v>2891</v>
+        <v>2905</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>&amp;nbsp;Affidamento diretto ai sensi dell'art. 50, comma 1 , lettera b) del D.lgs 36/2023 attraverso la piattaforma Stella , per la realizzazione di una campagna informativa inerente ad un programma di screening nazionale per l'eliminazione del virus dell'epatite &amp;nbsp;C (HCV), alla Soc Aristea International S.r.l. per E 99.918,00 IVA compresa. Utilizzo impegno 73866/2022 assunto sul capitolo di bilancio U000H11101. Impegno di spesa in favore dell'Anac di € 35,00 sul capitolo di bilancio U000T19427. Esercizio finanziario 2023.CIG 9953668AAC.
+          <t>Disimpegno della somma complessiva di € 63.427,50 - Impegni nn. 16686/2023, 16693/2023, 16694/2023, 16699/2023, assunti sul Capitolo U0000R31908 a favore di vari Enti Pubblici, impegno n. 16643/2023 assunto sul Capitolo U0000R31907 a favore dell'I.P.S.S.A.R. Ugo Tognazzi di Velletri, impegno n. 16704/2023 assunto sul Capitolo U0000R31910 a favore dell'Associazione L'Isola Solidale - Esercizio Finanziario 2023.
 </t>
         </is>
       </c>
       <c r="C34" t="s">
         <v>39</v>
       </c>
       <c r="D34"/>
       <c r="E34" s="2">
-        <v>45139</v>
+        <v>45184</v>
       </c>
     </row>
     <row r="35">
       <c r="A35">
-        <v>2853</v>
+        <v>2904</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Affidamento della durata di 24 (ventiquattro) mesi tramite R.d.O. sul mercato elettronico regionale (M.E.La.), del servizio di protezione dei dati personali (R.P.D.), in attuazione del regolamento europeo n. 679/2016 (RGPD).
+          <t>D.G.R. n. 463/2023 avente per oggetto: Atto d'indirizzo a LazioCrea S.p.A. Programmazione delle attività di valorizzazione dei siti regionali di rilevanza strategica nonché interventi di promozione culturale sul territorio. Annualità 2023. Presa d'atto dell'approvazione progettuale proposta da LazioCrea S.p.A. disposta dal R.U.P.
 </t>
         </is>
       </c>
       <c r="C35" t="s">
         <v>40</v>
       </c>
       <c r="D35"/>
       <c r="E35" s="2">
-        <v>45072</v>
+        <v>45184</v>
       </c>
     </row>
     <row r="36">
       <c r="A36">
-        <v>2848</v>
+        <v>2891</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Interventi di potenziamento della rete ferroviaria regionale.&amp;nbsp;Ammodernamento e potenziamento della linea ferroviaria Campoleone – Nettuno&amp;nbsp;Raddoppio tratta Campoleone – Aprilia&amp;nbsp;CUP J771120000010008
+          <t>&amp;nbsp;Affidamento diretto ai sensi dell'art. 50, comma 1 , lettera b) del D.lgs 36/2023 attraverso la piattaforma Stella , per la realizzazione di una campagna informativa inerente ad un programma di screening nazionale per l'eliminazione del virus dell'epatite &amp;nbsp;C (HCV), alla Soc Aristea International S.r.l. per E 99.918,00 IVA compresa. Utilizzo impegno 73866/2022 assunto sul capitolo di bilancio U000H11101. Impegno di spesa in favore dell'Anac di € 35,00 sul capitolo di bilancio U000T19427. Esercizio finanziario 2023.CIG 9953668AAC.
 </t>
         </is>
       </c>
       <c r="C36" t="s">
         <v>41</v>
       </c>
       <c r="D36"/>
       <c r="E36" s="2">
-        <v>45054</v>
+        <v>45139</v>
       </c>
     </row>
     <row r="37">
       <c r="A37">
-        <v>2846</v>
-[...1 lines deleted...]
-      <c r="B37" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>Affidamento della durata di 24 (ventiquattro) mesi tramite R.d.O. sul mercato elettronico regionale (M.E.La.), del servizio di protezione dei dati personali (R.P.D.), in attuazione del regolamento europeo n. 679/2016 (RGPD).
+</t>
+        </is>
+      </c>
+      <c r="C37" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="D37"/>
       <c r="E37" s="2">
-        <v>45049</v>
+        <v>45072</v>
       </c>
     </row>
     <row r="38">
       <c r="A38">
-        <v>2845</v>
+        <v>2848</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Affidamento diretto ai sensi del Decreto Legislativo 18 aprile 2016, n. 50 e ss.mm.ii, art 36, comma 2, lettera a) per un servizio di promozione d'imagine per la Regione Lazio in occasione dell'evento: "Race for the Cure", Roma 4-6 maggio 2023, in favore della GEVI SERVICE ITALIA srl (cod cred. 74352) CIG. ZC73AE6DB2.
+          <t>Interventi di potenziamento della rete ferroviaria regionale.&amp;nbsp;Ammodernamento e potenziamento della linea ferroviaria Campoleone – Nettuno&amp;nbsp;Raddoppio tratta Campoleone – Aprilia&amp;nbsp;CUP J771120000010008
 </t>
         </is>
       </c>
       <c r="C38" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D38"/>
       <c r="E38" s="2">
-        <v>45048</v>
+        <v>45054</v>
       </c>
     </row>
     <row r="39">
       <c r="A39">
-        <v>2843</v>
-[...5 lines deleted...]
-        </is>
+        <v>2846</v>
+      </c>
+      <c r="B39" t="s">
+        <v>44</v>
       </c>
       <c r="C39" t="s">
         <v>45</v>
       </c>
       <c r="D39"/>
       <c r="E39" s="2">
-        <v>45042</v>
+        <v>45049</v>
       </c>
     </row>
     <row r="40">
       <c r="A40">
-        <v>2842</v>
+        <v>2845</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Interventi di valorizzazione dei siti di rilevanza strategica della Regione lazio - primo semestre 2023. Impegno di spesa pari ad € 28.716,00 (I.V.A. Inclusa ) a favore di LAZIOcrea S.p.A. Capitolo U0000R31902 . Esercizio Finanziario 2023.
+          <t>Affidamento diretto ai sensi del Decreto Legislativo 18 aprile 2016, n. 50 e ss.mm.ii, art 36, comma 2, lettera a) per un servizio di promozione d'imagine per la Regione Lazio in occasione dell'evento: "Race for the Cure", Roma 4-6 maggio 2023, in favore della GEVI SERVICE ITALIA srl (cod cred. 74352) CIG. ZC73AE6DB2.
 </t>
         </is>
       </c>
       <c r="C40" t="s">
         <v>46</v>
       </c>
       <c r="D40"/>
       <c r="E40" s="2">
-        <v>45019</v>
+        <v>45048</v>
       </c>
     </row>
     <row r="41">
       <c r="A41">
-        <v>2817</v>
-[...1 lines deleted...]
-      <c r="B41" t="s">
+        <v>2843</v>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Progetto definitivo linea ferroviaria A.V./A.C. Roma – Napoli. Tratta Roma – Napoli - adeguamento gallerie ai requisiti minimi di cui al D.M. 28/10/2005 Gallerie Castello e Piccilli 1 e Piccilli 2 - CUP: J17I10002780001
+</t>
+        </is>
+      </c>
+      <c r="C41" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="D41"/>
       <c r="E41" s="2">
-        <v>45103</v>
+        <v>45042</v>
       </c>
     </row>
     <row r="42">
       <c r="A42">
-        <v>2816</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>2842</v>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>Interventi di valorizzazione dei siti di rilevanza strategica della Regione lazio - primo semestre 2023. Impegno di spesa pari ad € 28.716,00 (I.V.A. Inclusa ) a favore di LAZIOcrea S.p.A. Capitolo U0000R31902 . Esercizio Finanziario 2023.
+</t>
+        </is>
       </c>
       <c r="C42" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D42"/>
       <c r="E42" s="2">
-        <v>45104</v>
-[...11 lines deleted...]
-        <v>45104</v>
+        <v>45019</v>
       </c>
     </row>
     <row r="43">
       <c r="A43">
-        <v>2809</v>
-[...5 lines deleted...]
-        </is>
+        <v>2817</v>
+      </c>
+      <c r="B43" t="s">
+        <v>49</v>
       </c>
       <c r="C43" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D43"/>
       <c r="E43" s="2">
-        <v>44974</v>
+        <v>45103</v>
       </c>
     </row>
     <row r="44">
       <c r="A44">
-        <v>2798</v>
-[...4 lines deleted...]
-        </is>
+        <v>2816</v>
+      </c>
+      <c r="B44" t="s">
+        <v>51</v>
       </c>
       <c r="C44" t="s">
         <v>52</v>
       </c>
       <c r="D44"/>
       <c r="E44" s="2">
-        <v>44946</v>
+        <v>45104</v>
+      </c>
+      <c r="F44"/>
+      <c r="G44" s="2">
+        <v>45104</v>
+      </c>
+      <c r="H44"/>
+      <c r="I44" s="2">
+        <v>45104</v>
+      </c>
+      <c r="J44"/>
+      <c r="K44" s="2">
+        <v>45104</v>
       </c>
     </row>
     <row r="45">
       <c r="A45">
-        <v>2796</v>
+        <v>2809</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>COMPLETAMENTO DELLA FASE FINALE DELL'INTERVENTO DI BONIFICA DELLA EX DISCARICA ABUSIVA IN VIA DONEGANI, LOC. LUNGHEZZA E SISTEMAZIONE FINALE DELL'AREA VARIANTE AL PROGETTO DI CUI ALLA DETERMINAZIONE DEL COMUNE DI ROMA N.748 DEL 20 APRILE 2011. ACCORDO QUADRO PER IL RIPRISTINO PACCHETTO DI SPONDA DANNEGGIATO E GESTIONE DELL'EX DISCARICA DI LUNGHEZZA.
+          <t>Campagna informativa Elezioni regionali 12 e 13 febbraio 2023. Impegno di spesa di euro 122.000,00 (I.V.A. inclusa) a favore&amp;nbsp;di LAZIOcrea S.p.A. - Capitolo U0000C21924 - Esercizio Finanziario 2023.
 </t>
         </is>
       </c>
       <c r="C45" t="s">
         <v>53</v>
       </c>
       <c r="D45"/>
       <c r="E45" s="2">
-        <v>44942</v>
+        <v>44974</v>
       </c>
     </row>
     <row r="46">
       <c r="A46">
-        <v>2789</v>
+        <v>2798</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Intervento di eliminazione del degrado igienico sanitario, ambientale e al ripristino delle condizioni di sicurezza idraulica -Lungotevere Foro Italico altezza via del Baiardo in Comune di Roma
-</t>
+          <t>Affidamento diretto ai sensi dell’art. 1, comma 2, lett. a) del D.L. 76/2020 e ss.mm.ii. per la fornitura e posa in opera di due chioschi amovibili per il Parco Tevere Magliana e per il Parco Tevere Marconi&amp;nbsp;</t>
         </is>
       </c>
       <c r="C46" t="s">
         <v>54</v>
       </c>
       <c r="D46"/>
       <c r="E46" s="2">
-        <v>45140</v>
-[...27 lines deleted...]
-        <v>44936</v>
+        <v>44946</v>
       </c>
     </row>
     <row r="47">
       <c r="A47">
-        <v>2750</v>
+        <v>2796</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>"Ottobre Rosa 2022" - Campagna di comunicazione istituzionale della Regione Lazio. &amp;nbsp;Impegno di spesa complessivo di € 178.274,56 (IVA inclusa) a creditori diversi. Capitolo di spesa U0000H11726 - Es. Fin. 2022.
+          <t>COMPLETAMENTO DELLA FASE FINALE DELL'INTERVENTO DI BONIFICA DELLA EX DISCARICA ABUSIVA IN VIA DONEGANI, LOC. LUNGHEZZA E SISTEMAZIONE FINALE DELL'AREA VARIANTE AL PROGETTO DI CUI ALLA DETERMINAZIONE DEL COMUNE DI ROMA N.748 DEL 20 APRILE 2011. ACCORDO QUADRO PER IL RIPRISTINO PACCHETTO DI SPONDA DANNEGGIATO E GESTIONE DELL'EX DISCARICA DI LUNGHEZZA.
 </t>
         </is>
       </c>
       <c r="C47" t="s">
         <v>55</v>
       </c>
       <c r="D47"/>
       <c r="E47" s="2">
-        <v>44881</v>
+        <v>44942</v>
       </c>
     </row>
     <row r="48">
       <c r="A48">
-        <v>2749</v>
+        <v>2789</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), di un servizio di attività di comunicazione Podcast "7Vite". Attribuzione dal creditore da MINE srl al creditore THE LENS srls dell'impegno n. 39422/2022 di € 28.060,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2022.
+          <t>Intervento di eliminazione del degrado igienico sanitario, ambientale e al ripristino delle condizioni di sicurezza idraulica -Lungotevere Foro Italico altezza via del Baiardo in Comune di Roma
 </t>
         </is>
       </c>
       <c r="C48" t="s">
         <v>56</v>
       </c>
       <c r="D48"/>
       <c r="E48" s="2">
-        <v>44881</v>
+        <v>45140</v>
+      </c>
+      <c r="F48"/>
+      <c r="G48" s="2">
+        <v>45105</v>
+      </c>
+      <c r="H48"/>
+      <c r="I48" s="2">
+        <v>45104</v>
+      </c>
+      <c r="J48"/>
+      <c r="K48" s="2">
+        <v>45092</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" s="2">
+        <v>45092</v>
+      </c>
+      <c r="N48"/>
+      <c r="O48" s="2">
+        <v>45089</v>
+      </c>
+      <c r="P48"/>
+      <c r="Q48" s="2">
+        <v>44936</v>
+      </c>
+      <c r="R48"/>
+      <c r="S48" s="2">
+        <v>44936</v>
       </c>
     </row>
     <row r="49">
       <c r="A49">
-        <v>2742</v>
+        <v>2750</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Approvazione schemi, atti e indizione gara. Nr. Gara 8780938</t>
+          <t>"Ottobre Rosa 2022" - Campagna di comunicazione istituzionale della Regione Lazio. &amp;nbsp;Impegno di spesa complessivo di € 178.274,56 (IVA inclusa) a creditori diversi. Capitolo di spesa U0000H11726 - Es. Fin. 2022.
+</t>
         </is>
       </c>
       <c r="C49" t="s">
         <v>57</v>
       </c>
       <c r="D49"/>
       <c r="E49" s="2">
-        <v>44946</v>
+        <v>44881</v>
       </c>
     </row>
     <row r="50">
       <c r="A50">
-        <v>2734</v>
+        <v>2749</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Fondo progettazione Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce.</t>
+          <t>Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), di un servizio di attività di comunicazione Podcast "7Vite". Attribuzione dal creditore da MINE srl al creditore THE LENS srls dell'impegno n. 39422/2022 di € 28.060,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2022.
+</t>
         </is>
       </c>
       <c r="C50" t="s">
         <v>58</v>
       </c>
       <c r="D50"/>
       <c r="E50" s="2">
-        <v>44867</v>
-[...3 lines deleted...]
-        <v>44867</v>
+        <v>44881</v>
       </c>
     </row>
     <row r="51">
       <c r="A51">
-        <v>2711</v>
+        <v>2742</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Affidamento di un servizio per la presenza pubblicitaria sulla pubblicazione: "IL LIBRO DEI FATTI - 2022", in versione&amp;nbsp;cartacea e digitale, a cura della GMC GIUSEPPE MARRA COMMUNICATIONS S.A.P.A. DI GIUSEPPE PASQUALE MARRA. Impegno di € 18.300,00 (Iva inclusa). Capitolo U0000R31902 - Esercizio finanziario 2022.
-</t>
+          <t>Appalto specifico per l'acquisizione di farmaci occorrenti alle aziende sanitarie della Regione Lazio - farmaci 2022 - ottava tranche, nell'ambito del bando istitutivo avente ad oggetto il sistema dinamico di acquisizione della Regione Lazio per la fornitura di farmaci, emoderivati, vaccini e mezzi di contrasto destinato alla AA.SS. della Regione Lazio. Approvazione schemi, atti e indizione gara. Nr. Gara 8780938</t>
         </is>
       </c>
       <c r="C51" t="s">
         <v>59</v>
       </c>
       <c r="D51"/>
       <c r="E51" s="2">
-        <v>44834</v>
+        <v>44946</v>
       </c>
     </row>
     <row r="52">
       <c r="A52">
-        <v>2710</v>
-[...1 lines deleted...]
-      <c r="B52" t="s">
+        <v>2734</v>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Fondo progettazione Intervento di manutenzione straordinaria del corpo arginale e di ripristino dell'officiosità idraulica dell'alveo del fiume Tevere nel tratto compreso tra Ponte Marconi e la foce.</t>
+        </is>
+      </c>
+      <c r="C52" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="D52"/>
       <c r="E52" s="2">
-        <v>44845</v>
+        <v>44867</v>
       </c>
       <c r="F52"/>
       <c r="G52" s="2">
-        <v>44845</v>
-[...3 lines deleted...]
-        <v>44844</v>
+        <v>44867</v>
       </c>
     </row>
     <row r="53">
       <c r="A53">
-        <v>2708</v>
+        <v>2711</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione della manifestazione: "inQuiete Festival", a cura dell'Associazione Mia. Roma 7 - 9&amp;nbsp;ottobre 2022. Impegno di spesa di € 24.400,00 Iva inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
+          <t>Affidamento di un servizio per la presenza pubblicitaria sulla pubblicazione: "IL LIBRO DEI FATTI - 2022", in versione&amp;nbsp;cartacea e digitale, a cura della GMC GIUSEPPE MARRA COMMUNICATIONS S.A.P.A. DI GIUSEPPE PASQUALE MARRA. Impegno di € 18.300,00 (Iva inclusa). Capitolo U0000R31902 - Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C53" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D53"/>
       <c r="E53" s="2">
-        <v>44833</v>
+        <v>44834</v>
       </c>
     </row>
     <row r="54">
       <c r="A54">
-        <v>2707</v>
-[...5 lines deleted...]
-        </is>
+        <v>2710</v>
+      </c>
+      <c r="B54" t="s">
+        <v>62</v>
       </c>
       <c r="C54" t="s">
         <v>63</v>
       </c>
       <c r="D54"/>
       <c r="E54" s="2">
-        <v>44833</v>
+        <v>44845</v>
+      </c>
+      <c r="F54"/>
+      <c r="G54" s="2">
+        <v>44845</v>
+      </c>
+      <c r="H54"/>
+      <c r="I54" s="2">
+        <v>44844</v>
       </c>
     </row>
     <row r="55">
       <c r="A55">
-        <v>2706</v>
+        <v>2708</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione dei seguenti eventi estivi: Labro Festival 2022 - Impegno di spesa di € 12.200,00&amp;nbsp;Iva inclusa in favore del Comune di Labro, Estate a Piansano - Impegno di spesa di € 12.200,00 Iva inclusa in favore del&amp;nbsp;Comune di Piansano, 62^ Fiera del Vino di Montefiascone - Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Montefiascone. Capitolo di bilancio U0000R31902 dell'Esercizio Finanziario 2022.
+          <t>Visibilità della Regione Lazio in occasione della manifestazione: "inQuiete Festival", a cura dell'Associazione Mia. Roma 7 - 9&amp;nbsp;ottobre 2022. Impegno di spesa di € 24.400,00 Iva inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C55" t="s">
         <v>64</v>
       </c>
       <c r="D55"/>
       <c r="E55" s="2">
         <v>44833</v>
       </c>
     </row>
     <row r="56">
       <c r="A56">
-        <v>2705</v>
+        <v>2707</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione degli eventi: "Fara Film Festival" - Impegno di spesa di € 12.200,00 Iva inclusa in favore dell'Ass.ne Culturale Alfiere Productions e di: "Liberi sulla carta" - Impegno di spesa di € 18.300,00 Iva inclusa in&amp;nbsp;favore dell'Ass.ne Culturale Amici di Liberi sulla Carta. Capitolo di bilancio U0000R31902 dell'Esercizio Finanziario 2022.
+          <t>Visibilità della Regione Lazio in occasione dei seguenti eventi estivi: Festa della Madonna delle Grazie di Canepina -&amp;nbsp;Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Canepina (VT), Festa della Madonna Assunta in Cielo e&amp;nbsp;di San Rocco Compatrono di Capodimonte - Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Capodimonte (VT), Equiraduno disorganizzato e nazionale di Blera - Impegno di spesa di € 18.300,00 Iva inclusa in favore&amp;nbsp;del Comune di Blera (VT). Capitolo di bilancio U0000R31902 dell'Es. Fin. 2022.
 </t>
         </is>
       </c>
       <c r="C56" t="s">
         <v>65</v>
       </c>
       <c r="D56"/>
       <c r="E56" s="2">
         <v>44833</v>
       </c>
     </row>
     <row r="57">
       <c r="A57">
-        <v>2696</v>
+        <v>2706</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Campagna di comunicazione istituzionale denominata "Risparmio acqua", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Affidamenti a creditori vari. Impegno di spesa di € 80.046,64 IVA inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
+          <t>Visibilità della Regione Lazio in occasione dei seguenti eventi estivi: Labro Festival 2022 - Impegno di spesa di € 12.200,00&amp;nbsp;Iva inclusa in favore del Comune di Labro, Estate a Piansano - Impegno di spesa di € 12.200,00 Iva inclusa in favore del&amp;nbsp;Comune di Piansano, 62^ Fiera del Vino di Montefiascone - Impegno di spesa di € 12.200,00 Iva inclusa in favore del Comune di Montefiascone. Capitolo di bilancio U0000R31902 dell'Esercizio Finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C57" t="s">
         <v>66</v>
       </c>
       <c r="D57"/>
       <c r="E57" s="2">
-        <v>44813</v>
+        <v>44833</v>
       </c>
     </row>
     <row r="58">
       <c r="A58">
-        <v>2695</v>
+        <v>2705</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Visibilità della Regione Lazio in occasione dell'iniziativa: "SURF EXPO 2022", a cura della Santa Marinella Surf Club. Impegno di € 16.393,00 Iva esente - Capitolo U0000R31902 - Esercizio finanziario 2022. (CIG Z74370A108)
+          <t>Visibilità della Regione Lazio in occasione degli eventi: "Fara Film Festival" - Impegno di spesa di € 12.200,00 Iva inclusa in favore dell'Ass.ne Culturale Alfiere Productions e di: "Liberi sulla carta" - Impegno di spesa di € 18.300,00 Iva inclusa in&amp;nbsp;favore dell'Ass.ne Culturale Amici di Liberi sulla Carta. Capitolo di bilancio U0000R31902 dell'Esercizio Finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C58" t="s">
         <v>67</v>
       </c>
       <c r="D58"/>
       <c r="E58" s="2">
-        <v>44813</v>
+        <v>44833</v>
       </c>
     </row>
     <row r="59">
       <c r="A59">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Affidamenti per i servizi di visibilità della Regione Lazio, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in occasione di eventi sportivi, come di seguito indicati: - Campionato nazionale Karate - Pala Torrino Roma € 8.200,00 Iva esente,- Festa dei 100 anni del centro sportivo Romulea € 5.000,00 Iva esente,- Partecipazione alle Maccabiadi 2022 € 5.000,00 Iva esente,- Circuito senior tennis Lazio numero Blu 2022 € 5.000,00 Iva esente,- Gran Fondo di Latina di Ciclismo 2022 € 5.000,00 Iva esente.Impegni di spesa complessiva € 28.200,00 sul Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
+          <t>Campagna di comunicazione istituzionale denominata "Risparmio acqua", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Affidamenti a creditori vari. Impegno di spesa di € 80.046,64 IVA inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C59" t="s">
         <v>68</v>
       </c>
       <c r="D59"/>
       <c r="E59" s="2">
         <v>44813</v>
       </c>
     </row>
     <row r="60">
       <c r="A60">
-        <v>2690</v>
+        <v>2695</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Missione Italia - 2021/2026 PNRR dei Comuni e della Città", a cura dell'ANCI Comunicare srl.
+          <t>Visibilità della Regione Lazio in occasione dell'iniziativa: "SURF EXPO 2022", a cura della Santa Marinella Surf Club. Impegno di € 16.393,00 Iva esente - Capitolo U0000R31902 - Esercizio finanziario 2022. (CIG Z74370A108)
 </t>
         </is>
       </c>
       <c r="C60" t="s">
         <v>69</v>
       </c>
       <c r="D60"/>
       <c r="E60" s="2">
-        <v>44789</v>
+        <v>44813</v>
       </c>
     </row>
     <row r="61">
       <c r="A61">
-        <v>2689</v>
-[...1 lines deleted...]
-      <c r="B61" t="s">
+        <v>2694</v>
+      </c>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>Affidamenti per i servizi di visibilità della Regione Lazio, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in occasione di eventi sportivi, come di seguito indicati: - Campionato nazionale Karate - Pala Torrino Roma € 8.200,00 Iva esente,- Festa dei 100 anni del centro sportivo Romulea € 5.000,00 Iva esente,- Partecipazione alle Maccabiadi 2022 € 5.000,00 Iva esente,- Circuito senior tennis Lazio numero Blu 2022 € 5.000,00 Iva esente,- Gran Fondo di Latina di Ciclismo 2022 € 5.000,00 Iva esente.Impegni di spesa complessiva € 28.200,00 sul Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
+</t>
+        </is>
+      </c>
+      <c r="C61" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D61"/>
       <c r="E61" s="2">
-        <v>44789</v>
+        <v>44813</v>
       </c>
     </row>
     <row r="62">
       <c r="A62">
-        <v>2670</v>
+        <v>2690</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del fiume Liri, a monte e a valle del Ponte Curvo, in comune di Pontecorvo (FR)."</t>
+          <t>Promozione d'immagine della Regione Lazio in occasione dell'iniziativa: "Missione Italia - 2021/2026 PNRR dei Comuni e della Città", a cura dell'ANCI Comunicare srl.
+</t>
         </is>
       </c>
       <c r="C62" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D62"/>
       <c r="E62" s="2">
-        <v>44958</v>
-[...11 lines deleted...]
-        <v>44958</v>
+        <v>44789</v>
       </c>
     </row>
     <row r="63">
       <c r="A63">
-        <v>2643</v>
-[...5 lines deleted...]
-        </is>
+        <v>2689</v>
+      </c>
+      <c r="B63" t="s">
+        <v>72</v>
       </c>
       <c r="C63" t="s">
         <v>73</v>
       </c>
       <c r="D63"/>
       <c r="E63" s="2">
-        <v>44750</v>
+        <v>44789</v>
       </c>
     </row>
     <row r="64">
       <c r="A64">
-        <v>2640</v>
+        <v>2670</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Impegno di spesa per la proroga di 4 mesi dei contratti stipulati per servizi informativi, giornalistici e videogiornalistici, per le Strutture della Regione Lazio"" con le seguenti Agenzie di Stampa: LAPRESSE SPA (Cod. Cred. 186480), ADN KRONOS SPA (Cod. Cred. 49472), COM.E COMUNICAZIONE EDITORIA SRL (Cod. Cred. 138036), ITALPRESS SRL (Cod. Cred. 58781), A.N.S.A. (Cod. Cred. 3059). Capitolo U0000R31906. Impegno della somma complessiva pari ad Euro 170.455,16 sull'esercizio finanziario 2022.
-</t>
+          <t>Piano Nazionale di Ripresa e Resilienza - Missione 2 Componente 4 - Investimento 2.1b. - Intervento "Fiume Liri - Completamento arginature, sistemazione dell'alveo e delle sponde del fiume Liri, a monte e a valle del Ponte Curvo, in comune di Pontecorvo (FR)."</t>
         </is>
       </c>
       <c r="C64" t="s">
         <v>74</v>
       </c>
       <c r="D64"/>
       <c r="E64" s="2">
-        <v>44746</v>
+        <v>44958</v>
+      </c>
+      <c r="F64"/>
+      <c r="G64" s="2">
+        <v>44958</v>
+      </c>
+      <c r="H64"/>
+      <c r="I64" s="2">
+        <v>44958</v>
+      </c>
+      <c r="J64"/>
+      <c r="K64" s="2">
+        <v>44958</v>
       </c>
     </row>
     <row r="65">
       <c r="A65">
-        <v>2639</v>
+        <v>2643</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Nomina della commissione giudicatrice, ai sensi dell'art. 77 del d.lgs. n. 50/2016, della gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l'affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le strutture della Regione Lazio. CIG: Lotto 1: 9003745D69, Lotto 2: 9003758825, Lotto 3: 900376913B, Lotto 4: 9003796781, Lotto 5: 90038124B6, Lotto 6: 9003821C21, Lotto 7: 9003842D75.
+          <t>Progetti Campagna informativa sul tema della sicurezza sui luoghi di lavoro, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Impegno di spesa complessiva di € 182.993,90 IVA inclusa, suddiviso rispettivamente sui Capitoli di&amp;nbsp;bilancio: U0000A43101 (€ 73.197,56), U0000A43102 (€ 76.857,44) e U0000A43103 (€ 32.938,90) a favore dei diversi concessionari - PR FSE+ 2021-2027. Progetto A0541. (SIGEM 22011DP).
 </t>
         </is>
       </c>
       <c r="C65" t="s">
         <v>75</v>
       </c>
       <c r="D65"/>
       <c r="E65" s="2">
-        <v>44746</v>
+        <v>44750</v>
       </c>
     </row>
     <row r="66">
       <c r="A66">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Attuazione della D.G.R. n. 152/2022 - Atto di indirizzo a LazioCrea S.p.a. per la programmazione estiva 2022 presso gli immobili di rilevanza strategica della Regione Lazio in collaborazione con A.T.C.L. Perfezionamento parziale della prenotazione di impegno n. 3796/2022 (assunta con D.G.R. 101/2022) di euro 549.000,00 (I.V.A. inclusa) a favore di LazioCrea S.p.A. Capitolo U0000C21924 Esercizio Finanziario 2022.
+          <t>Impegno di spesa per la proroga di 4 mesi dei contratti stipulati per servizi informativi, giornalistici e videogiornalistici, per le Strutture della Regione Lazio"" con le seguenti Agenzie di Stampa: LAPRESSE SPA (Cod. Cred. 186480), ADN KRONOS SPA (Cod. Cred. 49472), COM.E COMUNICAZIONE EDITORIA SRL (Cod. Cred. 138036), ITALPRESS SRL (Cod. Cred. 58781), A.N.S.A. (Cod. Cred. 3059). Capitolo U0000R31906. Impegno della somma complessiva pari ad Euro 170.455,16 sull'esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C66" t="s">
         <v>76</v>
       </c>
       <c r="D66"/>
       <c r="E66" s="2">
         <v>44746</v>
       </c>
     </row>
     <row r="67">
       <c r="A67">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Format "Lazio informa". Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in favore della Società&amp;nbsp;Teleuniverso srl. Impegno di spesa di € 24.400,00 Iva inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022
+          <t>Nomina della commissione giudicatrice, ai sensi dell'art. 77 del d.lgs. n. 50/2016, della gara comunitaria a procedura aperta, suddivisa in 7 lotti, per l'affidamento di servizi informativi, giornalistici e videogiornalistici, a mezzo di agenzie di stampa, per le strutture della Regione Lazio. CIG: Lotto 1: 9003745D69, Lotto 2: 9003758825, Lotto 3: 900376913B, Lotto 4: 9003796781, Lotto 5: 90038124B6, Lotto 6: 9003821C21, Lotto 7: 9003842D75.
 </t>
         </is>
       </c>
       <c r="C67" t="s">
         <v>77</v>
       </c>
       <c r="D67"/>
       <c r="E67" s="2">
         <v>44746</v>
       </c>
     </row>
     <row r="68">
       <c r="A68">
-        <v>2636</v>
+        <v>2638</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Campagna "Lazio Presente con l'Europa nel futuro", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Impegno di spesa complessivo di € 95.160,00 IVA inclusa in favore di diversi fornitori - Capitolo di bilancio U0000R31902 - Esercizio Finanziario 2022.
+          <t>Attuazione della D.G.R. n. 152/2022 - Atto di indirizzo a LazioCrea S.p.a. per la programmazione estiva 2022 presso gli immobili di rilevanza strategica della Regione Lazio in collaborazione con A.T.C.L. Perfezionamento parziale della prenotazione di impegno n. 3796/2022 (assunta con D.G.R. 101/2022) di euro 549.000,00 (I.V.A. inclusa) a favore di LazioCrea S.p.A. Capitolo U0000C21924 Esercizio Finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C68" t="s">
         <v>78</v>
       </c>
       <c r="D68"/>
       <c r="E68" s="2">
         <v>44746</v>
       </c>
     </row>
     <row r="69">
       <c r="A69">
-        <v>2635</v>
+        <v>2637</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento del servizio di rassegna stampa telematico. - CIG n. 8833472BB0. Approvazione dei verbali e provvedimento di aggiudicazione a TELPRESS ITALIA SRL. Perfezionamento della prenotazione di impegno n. 1905/2022 sul capitolo U0000R31906 per l'importo di € 32.507,51 (IVA inclusa) e disimpegno di € 16.253,75 (IVA inclusa) per ribasso d'asta- Es. Fin. 2022. Impegno di € 16.253,75 (IVA inclusa) Es. Fin. 2023 in favore dell'aggiudicatario Telpress Italia s.r.l. (Cred. n. 158598).
+          <t>Format "Lazio informa". Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in favore della Società&amp;nbsp;Teleuniverso srl. Impegno di spesa di € 24.400,00 Iva inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022
 </t>
         </is>
       </c>
       <c r="C69" t="s">
         <v>79</v>
       </c>
       <c r="D69"/>
       <c r="E69" s="2">
         <v>44746</v>
       </c>
     </row>
     <row r="70">
       <c r="A70">
-        <v>2634</v>
+        <v>2636</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Servizio di manutenzione del Sistema TOSCA. Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in favore della Società Telpress Italia srl. Impegno di spesa complessivo di € 46.848,00 Iva inclusa, suddiviso in € 15.616,00 nell'Es. Fin. 2022, € 15.616,00 nell'Es. Fin. 2023 ed € 15.616,00 nell'Es. Fin. 2024 - Capitolo di bilancio U0000R31906.
+          <t>Campagna "Lazio Presente con l'Europa nel futuro", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Impegno di spesa complessivo di € 95.160,00 IVA inclusa in favore di diversi fornitori - Capitolo di bilancio U0000R31902 - Esercizio Finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C70" t="s">
         <v>80</v>
       </c>
       <c r="D70"/>
       <c r="E70" s="2">
         <v>44746</v>
       </c>
     </row>
     <row r="71">
       <c r="A71">
-        <v>2594</v>
+        <v>2635</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Progetto editoriale "Lazio ai giovani". Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b), in favore della concessionaria Dimensione Advertising srl. Impegno di spesa di € 102.480,00 Iva inclusa - Capitolo di bilancio U0000R31902. Impegno di spesa di € 30,00 in favore dell'Autorità Nazionale Anticorruzione - Capitolo U0000T19427 - Esercizio finanziario 2022.
+          <t>Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all'affidamento del servizio di rassegna stampa telematico. - CIG n. 8833472BB0. Approvazione dei verbali e provvedimento di aggiudicazione a TELPRESS ITALIA SRL. Perfezionamento della prenotazione di impegno n. 1905/2022 sul capitolo U0000R31906 per l'importo di € 32.507,51 (IVA inclusa) e disimpegno di € 16.253,75 (IVA inclusa) per ribasso d'asta- Es. Fin. 2022. Impegno di € 16.253,75 (IVA inclusa) Es. Fin. 2023 in favore dell'aggiudicatario Telpress Italia s.r.l. (Cred. n. 158598).
 </t>
         </is>
       </c>
       <c r="C71" t="s">
         <v>81</v>
       </c>
       <c r="D71"/>
       <c r="E71" s="2">
-        <v>44663</v>
+        <v>44746</v>
       </c>
     </row>
     <row r="72">
       <c r="A72">
-        <v>2593</v>
+        <v>2634</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Nomina della commissione giudicatrice, ai sensi dell'art. 77 del d.lgs. n. 50/2016, della Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all?affidamento del servizio di rassegna stampa telematico. CIG: Z1034763D8.
+          <t>Servizio di manutenzione del Sistema TOSCA. Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), in favore della Società Telpress Italia srl. Impegno di spesa complessivo di € 46.848,00 Iva inclusa, suddiviso in € 15.616,00 nell'Es. Fin. 2022, € 15.616,00 nell'Es. Fin. 2023 ed € 15.616,00 nell'Es. Fin. 2024 - Capitolo di bilancio U0000R31906.
 </t>
         </is>
       </c>
       <c r="C72" t="s">
         <v>82</v>
       </c>
       <c r="D72"/>
       <c r="E72" s="2">
-        <v>44663</v>
+        <v>44746</v>
       </c>
     </row>
     <row r="73">
       <c r="A73">
-        <v>2586</v>
+        <v>2594</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Campagna bando "Nel Lazio con amore", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Impegno di spesa di € 300.626,30 IVA inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
+          <t>Progetto editoriale "Lazio ai giovani". Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b), in favore della concessionaria Dimensione Advertising srl. Impegno di spesa di € 102.480,00 Iva inclusa - Capitolo di bilancio U0000R31902. Impegno di spesa di € 30,00 in favore dell'Autorità Nazionale Anticorruzione - Capitolo U0000T19427 - Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C73" t="s">
         <v>83</v>
       </c>
       <c r="D73"/>
       <c r="E73" s="2">
-        <v>44645</v>
+        <v>44663</v>
       </c>
     </row>
     <row r="74">
       <c r="A74">
-        <v>2583</v>
+        <v>2593</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>PR FESR LAZIO 2021-2027. Progetto A0393B0006. Determinazione a contrarre ai sensi dell'art. 51 co. 1 lett. a) DL 77/2021, convertito con modificazioni dalla L. 29/7/2021, n. 108, tramite procedura negoziata senza pubblicazione di bando di gara per l'acquisizione di un servizio di banche dati nel settore Information &amp;amp; Communication Tecnology, per un importo a base d'asta di € 185.000,00 IVA esclusa. Prenotazione impegno € 225.700,00 a favore di Creditori Diversi e impegno di € 1.890,78 a favore del Fondo Incentivi, sui capitoli U0000A44101, U0000A44102 e U0000A44103 E.F. 2022-2023. Accertamenti di € 186.624,44 sui capitoli E0000413151, E0000421159 E.F. 2022-2023. Accertamento di € 1.890,78 sul capitolo E0000341560 E.F. 2022-2023. Impegno € 225,00 sul capitolo U0000T19427 E.F. 2022 a favore ANAC. CIG 9085439571 CUP F89J22001650009.
+          <t>Nomina della commissione giudicatrice, ai sensi dell'art. 77 del d.lgs. n. 50/2016, della Procedura negoziata senza previa pubblicazione del bando da espletarsi mediante R.d.O. sul Mercato Elettronico di Regione Lazio, finalizzata all?affidamento del servizio di rassegna stampa telematico. CIG: Z1034763D8.
 </t>
         </is>
       </c>
       <c r="C74" t="s">
         <v>84</v>
       </c>
       <c r="D74"/>
       <c r="E74" s="2">
-        <v>44638</v>
+        <v>44663</v>
       </c>
     </row>
     <row r="75">
       <c r="A75">
-        <v>2554</v>
+        <v>2586</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Determina a contrarre - Indagine di mercato per l'acquisizione di Aghi per penna insulinica (ago G 34 - lunghezza 3,5 mm) occorrenti alle Aziende Sanitarie della Regione Lazio ai sensi dell'art. 36, comma 2, lett. b) del d.lgs. 50/2016.
+          <t>Campagna bando "Nel Lazio con amore", ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 63 comma 2, lettera b). Impegno di spesa di € 300.626,30 IVA inclusa - Capitolo di bilancio U0000R31902 - Esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C75" t="s">
         <v>85</v>
       </c>
       <c r="D75"/>
       <c r="E75" s="2">
-        <v>44587</v>
+        <v>44645</v>
       </c>
     </row>
     <row r="76">
       <c r="A76">
-        <v>2535</v>
+        <v>2583</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), di un servizio di attività di comunicazione Podcast "7Vite", a cura della società MINE srl. Importo di € 28.060,00 Iva inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>PR FESR LAZIO 2021-2027. Progetto A0393B0006. Determinazione a contrarre ai sensi dell'art. 51 co. 1 lett. a) DL 77/2021, convertito con modificazioni dalla L. 29/7/2021, n. 108, tramite procedura negoziata senza pubblicazione di bando di gara per l'acquisizione di un servizio di banche dati nel settore Information &amp;amp; Communication Tecnology, per un importo a base d'asta di € 185.000,00 IVA esclusa. Prenotazione impegno € 225.700,00 a favore di Creditori Diversi e impegno di € 1.890,78 a favore del Fondo Incentivi, sui capitoli U0000A44101, U0000A44102 e U0000A44103 E.F. 2022-2023. Accertamenti di € 186.624,44 sui capitoli E0000413151, E0000421159 E.F. 2022-2023. Accertamento di € 1.890,78 sul capitolo E0000341560 E.F. 2022-2023. Impegno € 225,00 sul capitolo U0000T19427 E.F. 2022 a favore ANAC. CIG 9085439571 CUP F89J22001650009.
 </t>
         </is>
       </c>
       <c r="C76" t="s">
         <v>86</v>
       </c>
       <c r="D76"/>
       <c r="E76" s="2">
-        <v>44578</v>
+        <v>44638</v>
       </c>
     </row>
     <row r="77">
       <c r="A77">
-        <v>2534</v>
+        <v>2554</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Affidamento di un servizio ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a) per la partecipazione alla trasmissione televisiva "Teorema, Parola ai giovani" sull'emittente Lazio TV, a cura alla concessionaria ALMADELA S.R.L.s. Impegno di spesa di € 14.640,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>Determina a contrarre - Indagine di mercato per l'acquisizione di Aghi per penna insulinica (ago G 34 - lunghezza 3,5 mm) occorrenti alle Aziende Sanitarie della Regione Lazio ai sensi dell'art. 36, comma 2, lett. b) del d.lgs. 50/2016.
 </t>
         </is>
       </c>
       <c r="C77" t="s">
         <v>87</v>
       </c>
       <c r="D77"/>
       <c r="E77" s="2">
-        <v>44578</v>
+        <v>44587</v>
       </c>
     </row>
     <row r="78">
       <c r="A78">
-        <v>2533</v>
+        <v>2535</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Affidamento ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a) di un servizio per la realizzazione di un archivio Droni, a cura della INVIDIO Srl. Impegno di spesa di € 3.660,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>Affidamento, ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a), di un servizio di attività di comunicazione Podcast "7Vite", a cura della società MINE srl. Importo di € 28.060,00 Iva inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
       <c r="C78" t="s">
         <v>88</v>
       </c>
       <c r="D78"/>
       <c r="E78" s="2">
         <v>44578</v>
       </c>
     </row>
     <row r="79">
       <c r="A79">
-        <v>2532</v>
+        <v>2534</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Realizzazione di una Campagna social di sensibilizzazione alla donazione del sangue, a cura della Società Strategy Design sas. Importo di Euro 29.280,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
+          <t>Affidamento di un servizio ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a) per la partecipazione alla trasmissione televisiva "Teorema, Parola ai giovani" sull'emittente Lazio TV, a cura alla concessionaria ALMADELA S.R.L.s. Impegno di spesa di € 14.640,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
       <c r="C79" t="s">
         <v>89</v>
       </c>
       <c r="D79"/>
       <c r="E79" s="2">
         <v>44578</v>
       </c>
     </row>
     <row r="80">
       <c r="A80">
-        <v>2531</v>
+        <v>2533</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Aggiudicazione e affidamento dell'incarico diretto attraverso la piattaforma STELLA (registro di sistema PI116760-21), ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione per la donazione del sangue, a cura della Società The Washing Machine.
+          <t>Affidamento ai sensi del Dlgs 50/2016 e ss.mm.ii., art. 36 comma 2, lettera a) di un servizio per la realizzazione di un archivio Droni, a cura della INVIDIO Srl. Impegno di spesa di € 3.660,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
       <c r="C80" t="s">
         <v>90</v>
       </c>
       <c r="D80"/>
       <c r="E80" s="2">
         <v>44578</v>
       </c>
     </row>
     <row r="81">
       <c r="A81">
-        <v>2530</v>
+        <v>2532</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione alla donazione del sangue, a cura della Società THE WASHING MACHINE ITALIA srl. Importo di € 35.000,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
+          <t>Realizzazione di una Campagna social di sensibilizzazione alla donazione del sangue, a cura della Società Strategy Design sas. Importo di Euro 29.280,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
       <c r="C81" t="s">
         <v>91</v>
       </c>
       <c r="D81"/>
       <c r="E81" s="2">
         <v>44578</v>
       </c>
     </row>
     <row r="82">
       <c r="A82">
-        <v>2529</v>
+        <v>2531</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Determina a contrarre, per l'indizione di una procedura negoziata, tramite R.D.O. sul Mercato elettronico della Regione Lazio (M.E.LA.), finalizzata all?affidamento del servizio di stampa digitale e stampa offset occorrente alla Regione Lazio, ai sensi dell'art. 1 comma 2 lett. b) della Legge 120/2020. Prenotazione di impegno di spesa per complessivi Euro 195.200,00 (IVA inclusa) così ripartiti: Euro 16.266,67 Es. Fin 2021 ed Euro 97.600,00 Es. Fin 2022 ed Euro 81.333,33 Es. Fin. 2023 a favore di Creditori diversi sul Capitolo di Uscita U0000R31902. Impegno della somma pari ad Euro 225,00 a favore di ANAC (cod. cred. 159683) sul Capitolo di Uscita U0000T19427 Es. Fin. 2021, CIG 8916887FEB.
+          <t>Aggiudicazione e affidamento dell'incarico diretto attraverso la piattaforma STELLA (registro di sistema PI116760-21), ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione per la donazione del sangue, a cura della Società The Washing Machine.
 </t>
         </is>
       </c>
       <c r="C82" t="s">
         <v>92</v>
       </c>
       <c r="D82"/>
       <c r="E82" s="2">
         <v>44578</v>
       </c>
     </row>
     <row r="83">
       <c r="A83">
-        <v>2528</v>
+        <v>2530</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Contratto tra Regione Lazio e la Società Telpress Italia srl per il servizio di rassegna stampa telematico. Provvedimento di proroga ai sensi dell'art. 106, comma 11 del D.lgs. 50/2016 e ss.mm.ii., per la durata di 5 mesi, ovvero fino al 31/12/2021. Impegno di spesa pari ad € 14.579,85 Iva inclusa sul capitolo di bilancio U0000R31906 - Esercizio finanziario 2021. CIG n. 7540580B75.
+          <t>Determinazione a contrarre ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di una Campagna di sensibilizzazione alla donazione del sangue, a cura della Società THE WASHING MACHINE ITALIA srl. Importo di € 35.000,00 IVA inclusa - Capitolo U0000H11726 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
       <c r="C83" t="s">
         <v>93</v>
       </c>
       <c r="D83"/>
       <c r="E83" s="2">
         <v>44578</v>
       </c>
     </row>
     <row r="84">
       <c r="A84">
-        <v>2527</v>
+        <v>2529</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Affidamento di un servizio per la presenza pubblicitaria sulla pubblicazione: "IL LIBRO DEI FATTI - 2021", in versione cartacea e digitale, a cura della Società GMC S.a.p.a. - Adnkronos. Impegno di € 12.200,00 (Iva inclusa). Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>Determina a contrarre, per l'indizione di una procedura negoziata, tramite R.D.O. sul Mercato elettronico della Regione Lazio (M.E.LA.), finalizzata all?affidamento del servizio di stampa digitale e stampa offset occorrente alla Regione Lazio, ai sensi dell'art. 1 comma 2 lett. b) della Legge 120/2020. Prenotazione di impegno di spesa per complessivi Euro 195.200,00 (IVA inclusa) così ripartiti: Euro 16.266,67 Es. Fin 2021 ed Euro 97.600,00 Es. Fin 2022 ed Euro 81.333,33 Es. Fin. 2023 a favore di Creditori diversi sul Capitolo di Uscita U0000R31902. Impegno della somma pari ad Euro 225,00 a favore di ANAC (cod. cred. 159683) sul Capitolo di Uscita U0000T19427 Es. Fin. 2021, CIG 8916887FEB.
 </t>
         </is>
       </c>
       <c r="C84" t="s">
         <v>94</v>
       </c>
       <c r="D84"/>
       <c r="E84" s="2">
         <v>44578</v>
       </c>
     </row>
     <row r="85">
       <c r="A85">
-        <v>2526</v>
+        <v>2528</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di un servizio di promozione istituzionale all'interno della Guida "Roma de la Pecora nera" edizione 2021, a cura de La Pecora nera editore snc di Simone Cargiani . Importo di € 24.400,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
+          <t>Contratto tra Regione Lazio e la Società Telpress Italia srl per il servizio di rassegna stampa telematico. Provvedimento di proroga ai sensi dell'art. 106, comma 11 del D.lgs. 50/2016 e ss.mm.ii., per la durata di 5 mesi, ovvero fino al 31/12/2021. Impegno di spesa pari ad € 14.579,85 Iva inclusa sul capitolo di bilancio U0000R31906 - Esercizio finanziario 2021. CIG n. 7540580B75.
 </t>
         </is>
       </c>
       <c r="C85" t="s">
         <v>95</v>
       </c>
       <c r="D85"/>
       <c r="E85" s="2">
         <v>44578</v>
       </c>
-      <c r="F85"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="86">
       <c r="A86">
-        <v>2525</v>
+        <v>2527</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre ai sensi dell'art. 63, comma 2, lettera b), D. Lgs. 50/2016, per la realizzazione di pubblicità istituzionale sulla: "Guida ai Sapori e ai Piaceri della Regione Lazio 2021 (La Repubblica)".
+          <t>Affidamento di un servizio per la presenza pubblicitaria sulla pubblicazione: "IL LIBRO DEI FATTI - 2021", in versione cartacea e digitale, a cura della Società GMC S.a.p.a. - Adnkronos. Impegno di € 12.200,00 (Iva inclusa). Capitolo U0000R31902 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
       <c r="C86" t="s">
         <v>96</v>
       </c>
       <c r="D86"/>
       <c r="E86" s="2">
         <v>44578</v>
       </c>
-      <c r="F86"/>
-[...2 lines deleted...]
-      </c>
     </row>
     <row r="87">
       <c r="A87">
-        <v>2524</v>
+        <v>2526</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di alcune Campagne promopubblicitarie della Regione Lazio sulla rivista gratuita SPORT CLUB.
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di un servizio di promozione istituzionale all'interno della Guida "Roma de la Pecora nera" edizione 2021, a cura de La Pecora nera editore snc di Simone Cargiani . Importo di € 24.400,00 IVA inclusa - Capitolo U0000R31902 - Esercizio finanziario 2021.
 </t>
         </is>
       </c>
       <c r="C87" t="s">
         <v>97</v>
       </c>
       <c r="D87"/>
       <c r="E87" s="2">
         <v>44578</v>
       </c>
       <c r="F87"/>
       <c r="G87" s="2">
         <v>44578</v>
       </c>
     </row>
     <row r="88">
       <c r="A88">
-        <v>2523</v>
+        <v>2525</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Affidamento diretto attraverso la piattaforma STELLA (registro di sistema PI020143-21), ai sensi dell'art. 36, comma 2, lettera a) del d.lgs. 50/2016, per il servizio di banca dati giornalistica Mediaddress. Impegno di spesa ? 5.246,00 IVA compresa sul Cap. S23418, ripartito in ? 2.623,00 nell?esercizio finanziario 2021 ed ? 2.623,00 nell'esercizio finanziario 2022.
+          <t>Determinazione a contrarre ai sensi dell'art. 63, comma 2, lettera b), D. Lgs. 50/2016, per la realizzazione di pubblicità istituzionale sulla: "Guida ai Sapori e ai Piaceri della Regione Lazio 2021 (La Repubblica)".
 </t>
         </is>
       </c>
       <c r="C88" t="s">
         <v>98</v>
       </c>
       <c r="D88"/>
       <c r="E88" s="2">
         <v>44578</v>
       </c>
+      <c r="F88"/>
+      <c r="G88" s="2">
+        <v>44578</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89">
-        <v>2419</v>
+        <v>2524</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Intervento Codice Rendis AB25IR002/WW "Fosso della Caffarella - Realizzazione di cassa di espansione". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F76B18000300005 - CIG 893496458B</t>
+          <t>Determinazione a contrarre di affidamento diretto ai sensi dell'art. 36, comma 2, lettera a), D. Lgs. 50/2016, per la realizzazione di alcune Campagne promopubblicitarie della Regione Lazio sulla rivista gratuita SPORT CLUB.
+</t>
         </is>
       </c>
       <c r="C89" t="s">
         <v>99</v>
       </c>
       <c r="D89"/>
       <c r="E89" s="2">
-        <v>45232</v>
+        <v>44578</v>
       </c>
       <c r="F89"/>
       <c r="G89" s="2">
-        <v>45232</v>
-[...3 lines deleted...]
-        <v>45232</v>
+        <v>44578</v>
       </c>
     </row>
     <row r="90">
       <c r="A90">
-        <v>2370</v>
+        <v>2523</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Avviso di indagine di mercato ai sensi degli artt. 36, comma 2, lett. b) e 66 del D.Lgs. 50/2016 e Linee Guida n. 4 dell’A.N.A.C., approvate dal Consiglio dell’Autorità con Delibera n. 1097 del 26/10/2016, finalizzata all’individuazione di operatori economici da invitare alla procedura negoziata per la fornitura del servizio di assistenza sui sistemi software "Anagrafe Regionale dell'Edilizia Scolastica” e “InfraMob".
+          <t>Affidamento diretto attraverso la piattaforma STELLA (registro di sistema PI020143-21), ai sensi dell'art. 36, comma 2, lettera a) del d.lgs. 50/2016, per il servizio di banca dati giornalistica Mediaddress. Impegno di spesa ? 5.246,00 IVA compresa sul Cap. S23418, ripartito in ? 2.623,00 nell?esercizio finanziario 2021 ed ? 2.623,00 nell'esercizio finanziario 2022.
 </t>
         </is>
       </c>
       <c r="C90" t="s">
         <v>100</v>
       </c>
+      <c r="D90"/>
+      <c r="E90" s="2">
+        <v>44578</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91">
-        <v>2349</v>
+        <v>2419</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>FORUM P.A. 2021 (21-25 giugno). Realizzazione di una rubrica quotidiana online di 40' sulla piattaforma dedicata del Forum. Impegno di € 24.400,00 (Iva inclusa). Capitolo R31902 - Esercizio finanziario 2021.
-</t>
+          <t>Intervento Codice Rendis AB25IR002/WW "Fosso della Caffarella - Realizzazione di cassa di espansione". Determinazione a contrarre per l'affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, del servizio per la redazione del progetto di fattibilità tecnica ed economica, definitivo ed esecutivo nonché del coordinamento della sicurezza in fase di progettazione. CUP F76B18000300005 - CIG 893496458B</t>
         </is>
       </c>
       <c r="C91" t="s">
         <v>101</v>
       </c>
+      <c r="D91"/>
+      <c r="E91" s="2">
+        <v>45232</v>
+      </c>
+      <c r="F91"/>
+      <c r="G91" s="2">
+        <v>45232</v>
+      </c>
+      <c r="H91"/>
+      <c r="I91" s="2">
+        <v>45232</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92">
-        <v>2347</v>
+        <v>2370</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
+          <t>Avviso di indagine di mercato ai sensi degli artt. 36, comma 2, lett. b) e 66 del D.Lgs. 50/2016 e Linee Guida n. 4 dell’A.N.A.C., approvate dal Consiglio dell’Autorità con Delibera n. 1097 del 26/10/2016, finalizzata all’individuazione di operatori economici da invitare alla procedura negoziata per la fornitura del servizio di assistenza sui sistemi software "Anagrafe Regionale dell'Edilizia Scolastica” e “InfraMob".
 </t>
         </is>
       </c>
       <c r="C92" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="93">
       <c r="A93">
-        <v>2317</v>
+        <v>2349</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Accordo Quadro (art. 54, D.lgs. 50/16) con unico operatore, avente ad oggetto l'affidamento degli interventi di demolizione di manufatti pericolanti, manutenzione ordinaria e lavori di sanificazione e riqualificazione negli immobili regionali, ivi compreso lo smaltimento dei relativi rifiuti. Impegno di spesa sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2021, di:€ 181.780,00 a favore di GMAST ECOLOGICA s.r.l., con sede in Roma. Via Acuto n. 8, C.F. / P.IVA 13614531005. C.I.G.: 86741929AD.€ 11.780,00 a favore dell'Arch. Daniela Filastò, con studio in Roma, via di Pietralata n. 159/A, C.F.: FLSDNL66E52C352Z, P.IVA 06585251009. SMART C.I.G.: Z2131103CF.</t>
+          <t>FORUM P.A. 2021 (21-25 giugno). Realizzazione di una rubrica quotidiana online di 40' sulla piattaforma dedicata del Forum. Impegno di € 24.400,00 (Iva inclusa). Capitolo R31902 - Esercizio finanziario 2021.
+</t>
         </is>
       </c>
       <c r="C93" t="s">
         <v>103</v>
       </c>
-      <c r="D93" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="94">
       <c r="A94">
-        <v>2267</v>
+        <v>2347</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Attività di visibilità istituzionale della Regione Lazio. Impegno della somma di 1.524.000,00 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020. COV20.</t>
+          <t>Affidamento diretto, ai sensi dell'art. 1, comma 2, lett. a) del Decreto-legge 16 luglio 2020 n. 76, per l'affidamento dei lavori finalizzati alla realizzazione di un locale idoneo per il trattamento degli stranieri nel periodo di definizione dell'udienza di convalida dell'esecuzione del provvedimento di espulsione. (D.L. 4/10/2018 convertito in Legge n. 132/2018). CIG : 8741319CA0 - CUP F56C20000110006
+</t>
         </is>
       </c>
       <c r="C94" t="s">
-        <v>105</v>
-[...5 lines deleted...]
-        <v>44216</v>
+        <v>104</v>
       </c>
     </row>
     <row r="95">
       <c r="A95">
-        <v>2266</v>
+        <v>2317</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Attività di visibilità istituzionale della Regione Lazio e di promozione del territorio della Regione Lazio. Impegno della somma di € 2.539.356,16 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020.</t>
+          <t>Accordo Quadro (art. 54, D.lgs. 50/16) con unico operatore, avente ad oggetto l'affidamento degli interventi di demolizione di manufatti pericolanti, manutenzione ordinaria e lavori di sanificazione e riqualificazione negli immobili regionali, ivi compreso lo smaltimento dei relativi rifiuti. Impegno di spesa sul Capitolo S21900 del Bilancio della Regione Lazio, es. fin. 2021, di:€ 181.780,00 a favore di GMAST ECOLOGICA s.r.l., con sede in Roma. Via Acuto n. 8, C.F. / P.IVA 13614531005. C.I.G.: 86741929AD.€ 11.780,00 a favore dell'Arch. Daniela Filastò, con studio in Roma, via di Pietralata n. 159/A, C.F.: FLSDNL66E52C352Z, P.IVA 06585251009. SMART C.I.G.: Z2131103CF.</t>
         </is>
       </c>
       <c r="C95" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D95" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="E95" s="2">
-        <v>44216</v>
+        <v>44298</v>
       </c>
     </row>
     <row r="96">
       <c r="A96">
-        <v>2265</v>
+        <v>2267</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>D.G.R. n. 212 del 28/4/2020 concernente "Revoca dello schema di deliberazione n. 1752/2020- DEC6/2020 ed approvazione del Programma Operativo Annuale degli Interventi 2020 di cui alla l.r. 29 dicembre 2014, n.15". Impegno della somma di € 460.643,84 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020 COV20</t>
+          <t>Attività di visibilità istituzionale della Regione Lazio. Impegno della somma di 1.524.000,00 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020. COV20.</t>
         </is>
       </c>
       <c r="C96" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D96" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="E96" s="2">
         <v>44216</v>
       </c>
     </row>
     <row r="97">
       <c r="A97">
-        <v>2264</v>
+        <v>2266</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>D.G.R. n. 412 del 30/06/2020 concernente "Emergenza COVID-19. Misure straordinarie a sostegno delle attività da realizzare da parte delle Associazioni Culturali e delle Associazioni di Promozione Sociale attive in ambito culturale e di animazione territoriale". Impegno della somma di ? 1.000.000,00 a favore di LazioCrea S.p.A. sul Cap. di bilancio C21923 Es. Fin. 2020.COV20.</t>
+          <t>Attività di visibilità istituzionale della Regione Lazio e di promozione del territorio della Regione Lazio. Impegno della somma di € 2.539.356,16 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020.</t>
         </is>
       </c>
       <c r="C97" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="D97" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="E97" s="2">
         <v>44216</v>
       </c>
     </row>
     <row r="98">
       <c r="A98">
-        <v>2263</v>
+        <v>2265</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Deliberazione di Giunta Regionale n. 984 del 20 dicembre 2019 concernente l'approvazione del Piano Operativo Annuale di LazioCrea SpA. Piano di Comunicazione a supporto delle iniziative della Giunta regionale. Impegno di spesa di Euro 100.000,00 (IVA inclusa) in favore di LazioCrea SpA Cap. di Bilancio R31902 Esercizio finanziario 2020.</t>
+          <t>D.G.R. n. 212 del 28/4/2020 concernente "Revoca dello schema di deliberazione n. 1752/2020- DEC6/2020 ed approvazione del Programma Operativo Annuale degli Interventi 2020 di cui alla l.r. 29 dicembre 2014, n.15". Impegno della somma di € 460.643,84 a favore di LAZIOCrea S.p.A. sul Cap. di bilancio C21924 Es. Fin. 2020 COV20</t>
         </is>
       </c>
       <c r="C98" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="D98" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="E98" s="2">
         <v>44216</v>
       </c>
     </row>
     <row r="99">
       <c r="A99">
-        <v>2262</v>
+        <v>2264</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Affidamento per un servizio di creatività claim e video COVID-19. Importo € 10.000,00 Iva inclusa - Capitolo di bilancio R31902 - Esercizio Finanziario 2020.COV20 </t>
+          <t>D.G.R. n. 412 del 30/06/2020 concernente "Emergenza COVID-19. Misure straordinarie a sostegno delle attività da realizzare da parte delle Associazioni Culturali e delle Associazioni di Promozione Sociale attive in ambito culturale e di animazione territoriale". Impegno della somma di ? 1.000.000,00 a favore di LazioCrea S.p.A. sul Cap. di bilancio C21923 Es. Fin. 2020.COV20.</t>
         </is>
       </c>
       <c r="C99" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D99" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="E99" s="2">
         <v>44216</v>
       </c>
     </row>
     <row r="100">
       <c r="A100">
-        <v>2261</v>
+        <v>2263</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Realizzazione e distribuzione della guida intitolata "COVID-19 Regole utili da seguire a casa. Impegno di spesa di euro 34.162,00 (IVA inclusa) in favore di AB31 srl - capitolo di bilancio R31902 - Esercizio finanziario 2020". COV20.</t>
+          <t>Deliberazione di Giunta Regionale n. 984 del 20 dicembre 2019 concernente l'approvazione del Piano Operativo Annuale di LazioCrea SpA. Piano di Comunicazione a supporto delle iniziative della Giunta regionale. Impegno di spesa di Euro 100.000,00 (IVA inclusa) in favore di LazioCrea SpA Cap. di Bilancio R31902 Esercizio finanziario 2020.</t>
         </is>
       </c>
       <c r="C100" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="D100" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="E100" s="2">
         <v>44216</v>
       </c>
     </row>
     <row r="101">
       <c r="A101">
-        <v>2214</v>
+        <v>2262</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. 594 "Lavori straordinari dell'alveo del fiume Fibreno nel tratto a valle e a monte della Ferrovia Roccasecca - Sora - Ripristino officiosità idraulica e difese spondali". Determinazione a contrarre. CUP: F44H20000120001 CIG. 8548935456
-</t>
+          <t>Affidamento per un servizio di creatività claim e video COVID-19. Importo € 10.000,00 Iva inclusa - Capitolo di bilancio R31902 - Esercizio Finanziario 2020.COV20 </t>
         </is>
       </c>
       <c r="C101" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D101" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="E101" s="2">
-        <v>44174</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="102">
       <c r="A102">
-        <v>2135</v>
+        <v>2261</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - R515 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Sacco da Colleferro a Ceprano Km 25,00". Determinazione a contrarre. CUP: F53H20000150001. CIG 8448320E33.</t>
+          <t>Realizzazione e distribuzione della guida intitolata "COVID-19 Regole utili da seguire a casa. Impegno di spesa di euro 34.162,00 (IVA inclusa) in favore di AB31 srl - capitolo di bilancio R31902 - Esercizio finanziario 2020". COV20.</t>
         </is>
       </c>
       <c r="C102" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D102" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="E102" s="2">
-        <v>44098</v>
+        <v>44216</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
-        <v>2133</v>
+        <v>2214</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Lavori straordinari di manutenzione dell’alveo del Liri dal tratto urbano di Sora all’intersezione con la SS 630 Km 25,00”. F53H20000160001. CIG 8446808E75&amp;nbsp;CIG aggiuntivo 8841581F71
+          <t>Emergenza derivante dagli eventi metereologici verificatesi nel territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018. Intervento codice n. 594 "Lavori straordinari dell'alveo del fiume Fibreno nel tratto a valle e a monte della Ferrovia Roccasecca - Sora - Ripristino officiosità idraulica e difese spondali". Determinazione a contrarre. CUP: F44H20000120001 CIG. 8548935456
 </t>
         </is>
       </c>
       <c r="C103" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D103" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="E103" s="2">
-        <v>44098</v>
+        <v>44174</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
-        <v>2123</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>2135</v>
+      </c>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>O.C.D.P.C. 558/2018 Primi interventi urgenti di protezione civile in conseguenza degli eccezionali eventi meteorologici che hanno interessato il territorio della Regione Lazio nei giorni 29 e 30 ottobre 2018 - R515 denominato "Lavori straordinari di manutenzione dell'alveo del fiume Sacco da Colleferro a Ceprano Km 25,00". Determinazione a contrarre. CUP: F53H20000150001. CIG 8448320E33.</t>
+        </is>
       </c>
       <c r="C104" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="D104" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="E104" s="2">
-        <v>44082</v>
+        <v>44098</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
-        <v>2093</v>
+        <v>2133</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>DGR n. 105/2020 intervento n. 3: Riqualificazione del tratto del litorale di Ostia Levante compreso tra il Canale dei Pescatori e lo stabilimento Nuova Pineta - CUP F83H20000960002 - CIG 8326731BC9
+          <t>Lavori straordinari di manutenzione dell’alveo del Liri dal tratto urbano di Sora all’intersezione con la SS 630 Km 25,00”. F53H20000160001. CIG 8446808E75&amp;nbsp;CIG aggiuntivo 8841581F71
 </t>
         </is>
       </c>
       <c r="C105" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D105" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="E105" s="2">
-        <v>44015</v>
+        <v>44098</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
-        <v>2092</v>
-[...5 lines deleted...]
-        </is>
+        <v>2123</v>
+      </c>
+      <c r="B106" t="s">
+        <v>127</v>
       </c>
       <c r="C106" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D106" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="E106" s="2">
-        <v>44015</v>
+        <v>44082</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
-        <v>1882</v>
+        <v>2093</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Affidamento per la realizzazione del progetto “Le politiche pubbliche della Regione Lazio lette attraverso i conti pubblici territoriali” ex art. 36, comma 2, lett. a) del D. Lgs. 50/2016 - impegno di spesa di € 15.000,00 EF 2018 e € 30.000,00 EF 2019 - cap. C11101 – a favore del CER – Centro Europa Ricerche</t>
+          <t>DGR n. 105/2020 intervento n. 3: Riqualificazione del tratto del litorale di Ostia Levante compreso tra il Canale dei Pescatori e lo stabilimento Nuova Pineta - CUP F83H20000960002 - CIG 8326731BC9
+</t>
         </is>
       </c>
       <c r="C107" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D107" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="E107" s="2">
-        <v>43472</v>
+        <v>44015</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
-        <v>1810</v>
+        <v>2092</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>AVVISO DI INDAGINE DI MERCATO - CIG 7620336433- volta ad individuare operatori economici da invitare alla procedura negoziata ex art. 36, comma 2, lett. b) del d. lgs. n. 50/2016 per servizio di utilizzo ed allestimento sale e assistenza medica per l'espletamento della prova preselettiva del corso - concorso selettivo di formazione per l'assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica – servizio NUE 112, categoria C, posizione economica C1.</t>
+          <t>DGR n. 105/2020 intervento n. 4: Riqualificazione del tratto del litorale di Ostia Levante compreso tra lo stabilimento Pinetina e lo stabilimento Gambrinus - CUP F83H20000960002 - CIG 83363215B6
+</t>
         </is>
       </c>
       <c r="C108" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D108" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="E108" s="2">
-        <v>43356</v>
-[...11 lines deleted...]
-        <v>43356</v>
+        <v>44015</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
+        <v>1882</v>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>Affidamento per la realizzazione del progetto “Le politiche pubbliche della Regione Lazio lette attraverso i conti pubblici territoriali” ex art. 36, comma 2, lett. a) del D. Lgs. 50/2016 - impegno di spesa di € 15.000,00 EF 2018 e € 30.000,00 EF 2019 - cap. C11101 – a favore del CER – Centro Europa Ricerche</t>
+        </is>
+      </c>
+      <c r="C109" t="s">
+        <v>134</v>
+      </c>
+      <c r="D109" t="s">
+        <v>135</v>
+      </c>
+      <c r="E109" s="2">
+        <v>43472</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110">
+        <v>1810</v>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>AVVISO DI INDAGINE DI MERCATO - CIG 7620336433- volta ad individuare operatori economici da invitare alla procedura negoziata ex art. 36, comma 2, lett. b) del d. lgs. n. 50/2016 per servizio di utilizzo ed allestimento sale e assistenza medica per l'espletamento della prova preselettiva del corso - concorso selettivo di formazione per l'assunzione a tempo pieno e indeterminato di n.115 unità di personale con il profilo professionale di assistente area tecnica – servizio NUE 112, categoria C, posizione economica C1.</t>
+        </is>
+      </c>
+      <c r="C110" t="s">
+        <v>136</v>
+      </c>
+      <c r="D110" t="s">
+        <v>137</v>
+      </c>
+      <c r="E110" s="2">
+        <v>43356</v>
+      </c>
+      <c r="F110" t="s">
+        <v>138</v>
+      </c>
+      <c r="G110" s="2">
+        <v>43356</v>
+      </c>
+      <c r="H110" t="s">
+        <v>139</v>
+      </c>
+      <c r="I110" s="2">
+        <v>43356</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111">
         <v>1710</v>
       </c>
-      <c r="B109" t="s">
-[...5 lines deleted...]
-      <c r="D109" t="s">
+      <c r="B111" t="s">
         <v>140</v>
       </c>
-      <c r="E109" s="2">
+      <c r="C111" t="s">
+        <v>141</v>
+      </c>
+      <c r="D111" t="s">
+        <v>142</v>
+      </c>
+      <c r="E111" s="2">
         <v>43108</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>